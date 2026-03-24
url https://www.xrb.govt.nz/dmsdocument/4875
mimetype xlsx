--- v0 (2025-12-08)
+++ v1 (2026-03-24)
@@ -9,58 +9,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://xrbgovt.sharepoint.com/sites/FinalPronouncements/Shared Documents/SFR Standards/Templates/Tier 3 (new standard)/NFP - current version/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://xrbgovt-my.sharepoint.com/personal/alex_stainer_xrb_govt_nz/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="107" documentId="8_{A895C247-CA18-41E8-B3EF-82974AFDC065}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5AC4A0AC-0DAE-457F-90F4-E9C1976A5C6E}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{00889259-EEDF-4139-BAE7-437EA9318636}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-26660" yWindow="-21710" windowWidth="38620" windowHeight="21100" tabRatio="921" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="How to use" sheetId="56" r:id="rId1"/>
     <sheet name="Tier 3 - Template " sheetId="53" r:id="rId2"/>
     <sheet name="Sheet1" sheetId="55" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="Commitment1" localSheetId="0">#REF!</definedName>
     <definedName name="Commitment1">#REF!</definedName>
     <definedName name="Commitment2" localSheetId="0">#REF!</definedName>
     <definedName name="Commitment2">#REF!</definedName>
     <definedName name="Commitment3" localSheetId="0">#REF!</definedName>
     <definedName name="Commitment3">#REF!</definedName>
     <definedName name="Date" comment="Financial year end of the entity.">#REF!</definedName>
     <definedName name="Name" comment="Name of the entity.">#REF!</definedName>
     <definedName name="Payment1">#REF!</definedName>
     <definedName name="Payment2">#REF!</definedName>
     <definedName name="Payment3">#REF!</definedName>
     <definedName name="Payment4">#REF!</definedName>
     <definedName name="Payment5">#REF!</definedName>
     <definedName name="Payment6">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'How to use'!$B$3:$D$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Tier 3 - Template '!$A$1:$O$611</definedName>
@@ -2394,653 +2394,653 @@
     <xf numFmtId="165" fontId="1" fillId="7" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="3" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="3" fillId="5" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="3" fillId="5" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="1" fillId="8" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="7" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="5" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="8" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="8" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="7" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="5" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="5" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="5" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="7" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="7" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="7" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="7" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="5" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="5" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="7" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="7" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="1" fillId="8" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="8" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="8" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="8" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="5" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="5" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="165" fontId="1" fillId="5" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="165" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="7" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="5" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="1" fillId="3" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="5" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="5" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="7" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="7" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="7" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...500 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="55">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFABAB"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
@@ -4114,79 +4114,79 @@
     <row r="37" spans="3:9" x14ac:dyDescent="0.35"/>
     <row r="38" spans="3:9" ht="15.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C38" s="20"/>
     </row>
     <row r="39" spans="3:9" ht="15.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C39" s="20"/>
     </row>
     <row r="40" spans="3:9" ht="15.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C40" s="20"/>
     </row>
     <row r="41" spans="3:9" ht="15.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C41" s="20"/>
     </row>
     <row r="42" spans="3:9" x14ac:dyDescent="0.35">
       <c r="C42" s="77" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="78"/>
       <c r="E42" s="78"/>
       <c r="F42" s="78"/>
       <c r="G42" s="78"/>
       <c r="H42" s="78"/>
       <c r="I42" s="79"/>
     </row>
     <row r="43" spans="3:9" x14ac:dyDescent="0.35">
-      <c r="C43" s="141" t="s">
+      <c r="C43" s="312" t="s">
         <v>12</v>
       </c>
-      <c r="D43" s="141"/>
-[...4 lines deleted...]
-      <c r="I43" s="142"/>
+      <c r="D43" s="312"/>
+      <c r="E43" s="312"/>
+      <c r="F43" s="312"/>
+      <c r="G43" s="312"/>
+      <c r="H43" s="312"/>
+      <c r="I43" s="313"/>
     </row>
     <row r="44" spans="3:9" x14ac:dyDescent="0.35">
-      <c r="C44" s="143" t="s">
+      <c r="C44" s="314" t="s">
         <v>13</v>
       </c>
-      <c r="D44" s="144"/>
-[...4 lines deleted...]
-      <c r="I44" s="144"/>
+      <c r="D44" s="315"/>
+      <c r="E44" s="315"/>
+      <c r="F44" s="315"/>
+      <c r="G44" s="315"/>
+      <c r="H44" s="315"/>
+      <c r="I44" s="315"/>
     </row>
     <row r="45" spans="3:9" x14ac:dyDescent="0.35">
-      <c r="C45" s="144"/>
-[...5 lines deleted...]
-      <c r="I45" s="144"/>
+      <c r="C45" s="315"/>
+      <c r="D45" s="315"/>
+      <c r="E45" s="315"/>
+      <c r="F45" s="315"/>
+      <c r="G45" s="315"/>
+      <c r="H45" s="315"/>
+      <c r="I45" s="315"/>
     </row>
     <row r="46" spans="3:9" x14ac:dyDescent="0.35"/>
     <row r="47" spans="3:9" x14ac:dyDescent="0.35"/>
     <row r="48" spans="3:9" x14ac:dyDescent="0.35"/>
     <row r="49" x14ac:dyDescent="0.35"/>
     <row r="50" x14ac:dyDescent="0.35"/>
     <row r="51" x14ac:dyDescent="0.35"/>
     <row r="52" x14ac:dyDescent="0.35"/>
     <row r="53" x14ac:dyDescent="0.35"/>
     <row r="55" x14ac:dyDescent="0.35"/>
     <row r="57" x14ac:dyDescent="0.35"/>
     <row r="58" x14ac:dyDescent="0.35"/>
     <row r="59" x14ac:dyDescent="0.35"/>
     <row r="60" x14ac:dyDescent="0.35"/>
     <row r="61" x14ac:dyDescent="0.35"/>
     <row r="63" x14ac:dyDescent="0.35"/>
     <row r="64" x14ac:dyDescent="0.35"/>
     <row r="65" x14ac:dyDescent="0.35"/>
     <row r="66" x14ac:dyDescent="0.35"/>
     <row r="67" x14ac:dyDescent="0.35"/>
     <row r="68" x14ac:dyDescent="0.35"/>
     <row r="69" x14ac:dyDescent="0.35"/>
     <row r="70" x14ac:dyDescent="0.35"/>
     <row r="71" x14ac:dyDescent="0.35"/>
     <row r="73" x14ac:dyDescent="0.35"/>
@@ -4196,11534 +4196,11534 @@
     <row r="80" x14ac:dyDescent="0.35"/>
     <row r="81" x14ac:dyDescent="0.35"/>
     <row r="82" x14ac:dyDescent="0.35"/>
     <row r="83" x14ac:dyDescent="0.35"/>
     <row r="84" x14ac:dyDescent="0.35"/>
     <row r="85" x14ac:dyDescent="0.35"/>
     <row r="86" ht="14.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="87" ht="14.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="88" ht="14.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="89" ht="14.5" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="C43:I43"/>
     <mergeCell ref="C44:I45"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3CED1249-0DFC-4040-89E1-8C447F18E20E}">
   <dimension ref="B1:T611"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A582" zoomScaleNormal="100" zoomScaleSheetLayoutView="115" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A573" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="M495" sqref="M495"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="1.26953125" style="1" customWidth="1"/>
     <col min="2" max="2" width="22.26953125" style="1" customWidth="1"/>
     <col min="3" max="3" width="5.54296875" style="1" customWidth="1"/>
     <col min="4" max="4" width="6.1796875" style="4" customWidth="1"/>
     <col min="5" max="6" width="6.54296875" style="4" customWidth="1"/>
     <col min="7" max="7" width="6.453125" style="4" customWidth="1"/>
     <col min="8" max="8" width="6.26953125" style="4" customWidth="1"/>
     <col min="9" max="10" width="6.7265625" style="4" customWidth="1"/>
     <col min="11" max="11" width="6.453125" style="1" customWidth="1"/>
     <col min="12" max="12" width="5.54296875" style="1" customWidth="1"/>
     <col min="13" max="14" width="14.54296875" style="1" customWidth="1"/>
     <col min="15" max="15" width="1.1796875" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.1796875" style="56" customWidth="1"/>
     <col min="17" max="17" width="11.26953125" style="1" customWidth="1"/>
     <col min="18" max="18" width="46.81640625" style="1" customWidth="1"/>
     <col min="19" max="19" width="71.453125" style="2" customWidth="1"/>
     <col min="20" max="20" width="81.54296875" style="2" customWidth="1"/>
     <col min="21" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="5.15" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B2" s="272" t="s">
+      <c r="B2" s="212" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="272"/>
-[...10 lines deleted...]
-      <c r="N2" s="272"/>
+      <c r="C2" s="212"/>
+      <c r="D2" s="212"/>
+      <c r="E2" s="212"/>
+      <c r="F2" s="212"/>
+      <c r="G2" s="212"/>
+      <c r="H2" s="212"/>
+      <c r="I2" s="212"/>
+      <c r="J2" s="212"/>
+      <c r="K2" s="212"/>
+      <c r="L2" s="212"/>
+      <c r="M2" s="212"/>
+      <c r="N2" s="212"/>
       <c r="Q2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="R2" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="S2" s="288" t="s">
+      <c r="S2" s="193" t="s">
         <v>17</v>
       </c>
-      <c r="T2" s="288"/>
+      <c r="T2" s="193"/>
     </row>
     <row r="3" spans="2:20" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B3" s="96" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="273"/>
-[...10 lines deleted...]
-      <c r="N3" s="275"/>
+      <c r="C3" s="217"/>
+      <c r="D3" s="218"/>
+      <c r="E3" s="218"/>
+      <c r="F3" s="218"/>
+      <c r="G3" s="218"/>
+      <c r="H3" s="218"/>
+      <c r="I3" s="218"/>
+      <c r="J3" s="218"/>
+      <c r="K3" s="218"/>
+      <c r="L3" s="218"/>
+      <c r="M3" s="218"/>
+      <c r="N3" s="219"/>
       <c r="Q3" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="S3" s="299" t="s">
+      <c r="S3" s="172" t="s">
         <v>20</v>
       </c>
-      <c r="T3" s="299"/>
+      <c r="T3" s="172"/>
     </row>
     <row r="4" spans="2:20" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B4" s="96" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="276"/>
-[...10 lines deleted...]
-      <c r="N4" s="257"/>
+      <c r="C4" s="220"/>
+      <c r="D4" s="215"/>
+      <c r="E4" s="215"/>
+      <c r="F4" s="215"/>
+      <c r="G4" s="215"/>
+      <c r="H4" s="215"/>
+      <c r="I4" s="215"/>
+      <c r="J4" s="215"/>
+      <c r="K4" s="215"/>
+      <c r="L4" s="215"/>
+      <c r="M4" s="215"/>
+      <c r="N4" s="216"/>
       <c r="Q4" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="S4" s="299" t="s">
+      <c r="S4" s="172" t="s">
         <v>22</v>
       </c>
-      <c r="T4" s="299"/>
+      <c r="T4" s="172"/>
     </row>
     <row r="5" spans="2:20" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B5" s="97" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="276"/>
-[...10 lines deleted...]
-      <c r="N5" s="257"/>
+      <c r="C5" s="220"/>
+      <c r="D5" s="215"/>
+      <c r="E5" s="215"/>
+      <c r="F5" s="215"/>
+      <c r="G5" s="215"/>
+      <c r="H5" s="215"/>
+      <c r="I5" s="215"/>
+      <c r="J5" s="215"/>
+      <c r="K5" s="215"/>
+      <c r="L5" s="215"/>
+      <c r="M5" s="215"/>
+      <c r="N5" s="216"/>
       <c r="Q5" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="299" t="s">
+      <c r="S5" s="172" t="s">
         <v>24</v>
       </c>
-      <c r="T5" s="299"/>
+      <c r="T5" s="172"/>
     </row>
     <row r="6" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B6" s="86"/>
       <c r="C6" s="115"/>
       <c r="D6" s="116"/>
       <c r="E6" s="116"/>
       <c r="F6" s="116"/>
       <c r="G6" s="116"/>
       <c r="H6" s="116"/>
       <c r="I6" s="116"/>
       <c r="J6" s="116"/>
       <c r="K6" s="116"/>
       <c r="L6" s="116"/>
       <c r="M6" s="116"/>
       <c r="N6" s="116"/>
       <c r="Q6" s="87"/>
       <c r="S6" s="88"/>
       <c r="T6" s="88"/>
     </row>
     <row r="7" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B7" s="254" t="s">
+      <c r="B7" s="213" t="s">
         <v>25</v>
       </c>
-      <c r="C7" s="254"/>
-[...10 lines deleted...]
-      <c r="N7" s="254"/>
+      <c r="C7" s="213"/>
+      <c r="D7" s="213"/>
+      <c r="E7" s="213"/>
+      <c r="F7" s="213"/>
+      <c r="G7" s="213"/>
+      <c r="H7" s="213"/>
+      <c r="I7" s="213"/>
+      <c r="J7" s="213"/>
+      <c r="K7" s="213"/>
+      <c r="L7" s="213"/>
+      <c r="M7" s="213"/>
+      <c r="N7" s="213"/>
       <c r="Q7" s="52"/>
     </row>
     <row r="8" spans="2:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="11"/>
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11"/>
       <c r="J8" s="11"/>
       <c r="K8" s="11"/>
       <c r="L8" s="11"/>
       <c r="M8" s="11"/>
       <c r="N8" s="11"/>
       <c r="Q8" s="52"/>
     </row>
     <row r="9" spans="2:20" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B9" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="255"/>
-[...10 lines deleted...]
-      <c r="N9" s="257"/>
+      <c r="C9" s="214"/>
+      <c r="D9" s="215"/>
+      <c r="E9" s="215"/>
+      <c r="F9" s="215"/>
+      <c r="G9" s="215"/>
+      <c r="H9" s="215"/>
+      <c r="I9" s="215"/>
+      <c r="J9" s="215"/>
+      <c r="K9" s="215"/>
+      <c r="L9" s="215"/>
+      <c r="M9" s="215"/>
+      <c r="N9" s="216"/>
       <c r="Q9" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="S9" s="299" t="s">
+      <c r="S9" s="172" t="s">
         <v>27</v>
       </c>
-      <c r="T9" s="299"/>
+      <c r="T9" s="172"/>
     </row>
     <row r="10" spans="2:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B10" s="11"/>
       <c r="C10" s="11"/>
       <c r="D10" s="11"/>
       <c r="E10" s="11"/>
       <c r="F10" s="11"/>
       <c r="G10" s="11"/>
       <c r="H10" s="11"/>
       <c r="I10" s="11"/>
       <c r="J10" s="11"/>
       <c r="K10" s="11"/>
       <c r="L10" s="11"/>
       <c r="M10" s="11"/>
       <c r="N10" s="11"/>
       <c r="Q10" s="52"/>
     </row>
     <row r="11" spans="2:20" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B11" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="277"/>
-[...10 lines deleted...]
-      <c r="N11" s="279"/>
+      <c r="C11" s="221"/>
+      <c r="D11" s="222"/>
+      <c r="E11" s="222"/>
+      <c r="F11" s="222"/>
+      <c r="G11" s="222"/>
+      <c r="H11" s="222"/>
+      <c r="I11" s="222"/>
+      <c r="J11" s="222"/>
+      <c r="K11" s="222"/>
+      <c r="L11" s="222"/>
+      <c r="M11" s="222"/>
+      <c r="N11" s="223"/>
       <c r="Q11" s="76" t="s">
         <v>29</v>
       </c>
-      <c r="S11" s="299" t="s">
+      <c r="S11" s="172" t="s">
         <v>30</v>
       </c>
-      <c r="T11" s="299"/>
+      <c r="T11" s="172"/>
     </row>
     <row r="12" spans="2:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B12" s="11"/>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11"/>
       <c r="F12" s="11"/>
       <c r="G12" s="11"/>
       <c r="H12" s="11"/>
       <c r="I12" s="11"/>
       <c r="J12" s="11"/>
       <c r="K12" s="11"/>
       <c r="L12" s="11"/>
       <c r="M12" s="11"/>
       <c r="N12" s="11"/>
       <c r="Q12" s="52"/>
     </row>
     <row r="13" spans="2:20" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B13" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="C13" s="255"/>
-[...10 lines deleted...]
-      <c r="N13" s="257"/>
+      <c r="C13" s="214"/>
+      <c r="D13" s="215"/>
+      <c r="E13" s="215"/>
+      <c r="F13" s="215"/>
+      <c r="G13" s="215"/>
+      <c r="H13" s="215"/>
+      <c r="I13" s="215"/>
+      <c r="J13" s="215"/>
+      <c r="K13" s="215"/>
+      <c r="L13" s="215"/>
+      <c r="M13" s="215"/>
+      <c r="N13" s="216"/>
       <c r="Q13" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="S13" s="299" t="s">
+      <c r="S13" s="172" t="s">
         <v>32</v>
       </c>
-      <c r="T13" s="299"/>
+      <c r="T13" s="172"/>
     </row>
     <row r="14" spans="2:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="Q14" s="52"/>
     </row>
     <row r="15" spans="2:20" ht="51" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="C15" s="255"/>
-[...10 lines deleted...]
-      <c r="N15" s="257"/>
+      <c r="C15" s="214"/>
+      <c r="D15" s="215"/>
+      <c r="E15" s="215"/>
+      <c r="F15" s="215"/>
+      <c r="G15" s="215"/>
+      <c r="H15" s="215"/>
+      <c r="I15" s="215"/>
+      <c r="J15" s="215"/>
+      <c r="K15" s="215"/>
+      <c r="L15" s="215"/>
+      <c r="M15" s="215"/>
+      <c r="N15" s="216"/>
       <c r="Q15" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="S15" s="311" t="s">
+      <c r="S15" s="159" t="s">
         <v>34</v>
       </c>
-      <c r="T15" s="311"/>
+      <c r="T15" s="159"/>
     </row>
     <row r="16" spans="2:20" ht="9.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="Q16" s="52"/>
     </row>
     <row r="17" spans="2:20" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="9" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="255"/>
-[...10 lines deleted...]
-      <c r="N17" s="257"/>
+      <c r="C17" s="214"/>
+      <c r="D17" s="215"/>
+      <c r="E17" s="215"/>
+      <c r="F17" s="215"/>
+      <c r="G17" s="215"/>
+      <c r="H17" s="215"/>
+      <c r="I17" s="215"/>
+      <c r="J17" s="215"/>
+      <c r="K17" s="215"/>
+      <c r="L17" s="215"/>
+      <c r="M17" s="215"/>
+      <c r="N17" s="216"/>
       <c r="Q17" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="S17" s="312" t="s">
+      <c r="S17" s="158" t="s">
         <v>36</v>
       </c>
-      <c r="T17" s="312"/>
+      <c r="T17" s="158"/>
     </row>
     <row r="18" spans="2:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="Q18" s="52"/>
     </row>
     <row r="19" spans="2:20" ht="51" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="9" t="s">
         <v>37</v>
       </c>
-      <c r="C19" s="255"/>
-[...10 lines deleted...]
-      <c r="N19" s="257"/>
+      <c r="C19" s="214"/>
+      <c r="D19" s="215"/>
+      <c r="E19" s="215"/>
+      <c r="F19" s="215"/>
+      <c r="G19" s="215"/>
+      <c r="H19" s="215"/>
+      <c r="I19" s="215"/>
+      <c r="J19" s="215"/>
+      <c r="K19" s="215"/>
+      <c r="L19" s="215"/>
+      <c r="M19" s="215"/>
+      <c r="N19" s="216"/>
       <c r="Q19" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="S19" s="312" t="s">
+      <c r="S19" s="158" t="s">
         <v>38</v>
       </c>
-      <c r="T19" s="311"/>
+      <c r="T19" s="159"/>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.3">
       <c r="Q20" s="52"/>
     </row>
     <row r="21" spans="2:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="C21" s="271"/>
-[...10 lines deleted...]
-      <c r="N21" s="271"/>
+      <c r="C21" s="245"/>
+      <c r="D21" s="245"/>
+      <c r="E21" s="245"/>
+      <c r="F21" s="245"/>
+      <c r="G21" s="245"/>
+      <c r="H21" s="245"/>
+      <c r="I21" s="245"/>
+      <c r="J21" s="245"/>
+      <c r="K21" s="245"/>
+      <c r="L21" s="245"/>
+      <c r="M21" s="245"/>
+      <c r="N21" s="245"/>
       <c r="Q21" s="52"/>
     </row>
     <row r="22" spans="2:20" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="282" t="s">
+      <c r="B22" s="227" t="s">
         <v>39</v>
       </c>
-      <c r="C22" s="184"/>
-[...11 lines deleted...]
-      <c r="Q22" s="298" t="s">
+      <c r="C22" s="301"/>
+      <c r="D22" s="302"/>
+      <c r="E22" s="302"/>
+      <c r="F22" s="302"/>
+      <c r="G22" s="302"/>
+      <c r="H22" s="302"/>
+      <c r="I22" s="302"/>
+      <c r="J22" s="302"/>
+      <c r="K22" s="302"/>
+      <c r="L22" s="302"/>
+      <c r="M22" s="302"/>
+      <c r="N22" s="303"/>
+      <c r="Q22" s="171" t="s">
         <v>19</v>
       </c>
-      <c r="S22" s="311" t="s">
+      <c r="S22" s="159" t="s">
         <v>40</v>
       </c>
-      <c r="T22" s="311"/>
+      <c r="T22" s="159"/>
     </row>
     <row r="23" spans="2:20" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B23" s="282"/>
-[...14 lines deleted...]
-      <c r="T23" s="311"/>
+      <c r="B23" s="227"/>
+      <c r="C23" s="304"/>
+      <c r="D23" s="305"/>
+      <c r="E23" s="305"/>
+      <c r="F23" s="305"/>
+      <c r="G23" s="305"/>
+      <c r="H23" s="305"/>
+      <c r="I23" s="305"/>
+      <c r="J23" s="305"/>
+      <c r="K23" s="305"/>
+      <c r="L23" s="305"/>
+      <c r="M23" s="305"/>
+      <c r="N23" s="306"/>
+      <c r="Q23" s="171"/>
+      <c r="S23" s="159"/>
+      <c r="T23" s="159"/>
     </row>
     <row r="24" spans="2:20" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="9"/>
-      <c r="C24" s="187"/>
-[...13 lines deleted...]
-      <c r="T24" s="311"/>
+      <c r="C24" s="304"/>
+      <c r="D24" s="305"/>
+      <c r="E24" s="305"/>
+      <c r="F24" s="305"/>
+      <c r="G24" s="305"/>
+      <c r="H24" s="305"/>
+      <c r="I24" s="305"/>
+      <c r="J24" s="305"/>
+      <c r="K24" s="305"/>
+      <c r="L24" s="305"/>
+      <c r="M24" s="305"/>
+      <c r="N24" s="306"/>
+      <c r="Q24" s="171"/>
+      <c r="S24" s="159"/>
+      <c r="T24" s="159"/>
     </row>
     <row r="25" spans="2:20" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="9"/>
-      <c r="C25" s="187"/>
-[...13 lines deleted...]
-      <c r="T25" s="311"/>
+      <c r="C25" s="304"/>
+      <c r="D25" s="305"/>
+      <c r="E25" s="305"/>
+      <c r="F25" s="305"/>
+      <c r="G25" s="305"/>
+      <c r="H25" s="305"/>
+      <c r="I25" s="305"/>
+      <c r="J25" s="305"/>
+      <c r="K25" s="305"/>
+      <c r="L25" s="305"/>
+      <c r="M25" s="305"/>
+      <c r="N25" s="306"/>
+      <c r="Q25" s="171"/>
+      <c r="S25" s="159"/>
+      <c r="T25" s="159"/>
     </row>
     <row r="26" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="9"/>
-      <c r="C26" s="190"/>
-[...13 lines deleted...]
-      <c r="T26" s="311"/>
+      <c r="C26" s="307"/>
+      <c r="D26" s="308"/>
+      <c r="E26" s="308"/>
+      <c r="F26" s="308"/>
+      <c r="G26" s="308"/>
+      <c r="H26" s="308"/>
+      <c r="I26" s="308"/>
+      <c r="J26" s="308"/>
+      <c r="K26" s="308"/>
+      <c r="L26" s="308"/>
+      <c r="M26" s="308"/>
+      <c r="N26" s="309"/>
+      <c r="Q26" s="171"/>
+      <c r="S26" s="159"/>
+      <c r="T26" s="159"/>
     </row>
     <row r="27" spans="2:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="Q27" s="52"/>
     </row>
     <row r="28" spans="2:20" ht="50.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="C28" s="255"/>
-[...10 lines deleted...]
-      <c r="N28" s="257"/>
+      <c r="C28" s="214"/>
+      <c r="D28" s="215"/>
+      <c r="E28" s="215"/>
+      <c r="F28" s="215"/>
+      <c r="G28" s="215"/>
+      <c r="H28" s="215"/>
+      <c r="I28" s="215"/>
+      <c r="J28" s="215"/>
+      <c r="K28" s="215"/>
+      <c r="L28" s="215"/>
+      <c r="M28" s="215"/>
+      <c r="N28" s="216"/>
       <c r="Q28" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="S28" s="312" t="s">
+      <c r="S28" s="158" t="s">
         <v>42</v>
       </c>
-      <c r="T28" s="312"/>
+      <c r="T28" s="158"/>
     </row>
     <row r="31" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B31" s="254" t="s">
+      <c r="B31" s="213" t="s">
         <v>43</v>
       </c>
-      <c r="C31" s="254"/>
-[...10 lines deleted...]
-      <c r="N31" s="254"/>
+      <c r="C31" s="213"/>
+      <c r="D31" s="213"/>
+      <c r="E31" s="213"/>
+      <c r="F31" s="213"/>
+      <c r="G31" s="213"/>
+      <c r="H31" s="213"/>
+      <c r="I31" s="213"/>
+      <c r="J31" s="213"/>
+      <c r="K31" s="213"/>
+      <c r="L31" s="213"/>
+      <c r="M31" s="213"/>
+      <c r="N31" s="213"/>
     </row>
     <row r="32" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B32" s="17"/>
       <c r="C32" s="17"/>
       <c r="D32" s="17"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="17"/>
       <c r="I32" s="17"/>
       <c r="J32" s="17"/>
       <c r="K32" s="17"/>
       <c r="L32" s="17"/>
       <c r="M32" s="17"/>
       <c r="N32" s="17"/>
     </row>
     <row r="33" spans="2:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B33" s="22" t="s">
         <v>44</v>
       </c>
       <c r="C33" s="17"/>
       <c r="D33" s="17"/>
       <c r="E33" s="17"/>
       <c r="F33" s="17"/>
       <c r="G33" s="17"/>
       <c r="H33" s="17"/>
       <c r="I33" s="17"/>
       <c r="J33" s="17"/>
       <c r="K33" s="17"/>
       <c r="L33" s="17"/>
       <c r="M33" s="17"/>
       <c r="N33" s="17"/>
     </row>
     <row r="34" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B34" s="262"/>
-[...12 lines deleted...]
-      <c r="Q34" s="298" t="s">
+      <c r="B34" s="236"/>
+      <c r="C34" s="237"/>
+      <c r="D34" s="237"/>
+      <c r="E34" s="237"/>
+      <c r="F34" s="237"/>
+      <c r="G34" s="237"/>
+      <c r="H34" s="237"/>
+      <c r="I34" s="237"/>
+      <c r="J34" s="237"/>
+      <c r="K34" s="237"/>
+      <c r="L34" s="237"/>
+      <c r="M34" s="237"/>
+      <c r="N34" s="238"/>
+      <c r="Q34" s="171" t="s">
         <v>19</v>
       </c>
-      <c r="S34" s="312" t="s">
+      <c r="S34" s="158" t="s">
         <v>45</v>
       </c>
-      <c r="T34" s="311"/>
+      <c r="T34" s="159"/>
     </row>
     <row r="35" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B35" s="265"/>
-[...14 lines deleted...]
-      <c r="T35" s="311"/>
+      <c r="B35" s="239"/>
+      <c r="C35" s="240"/>
+      <c r="D35" s="240"/>
+      <c r="E35" s="240"/>
+      <c r="F35" s="240"/>
+      <c r="G35" s="240"/>
+      <c r="H35" s="240"/>
+      <c r="I35" s="240"/>
+      <c r="J35" s="240"/>
+      <c r="K35" s="240"/>
+      <c r="L35" s="240"/>
+      <c r="M35" s="240"/>
+      <c r="N35" s="241"/>
+      <c r="Q35" s="171"/>
+      <c r="S35" s="159"/>
+      <c r="T35" s="159"/>
     </row>
     <row r="36" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B36" s="265"/>
-[...14 lines deleted...]
-      <c r="T36" s="311"/>
+      <c r="B36" s="239"/>
+      <c r="C36" s="240"/>
+      <c r="D36" s="240"/>
+      <c r="E36" s="240"/>
+      <c r="F36" s="240"/>
+      <c r="G36" s="240"/>
+      <c r="H36" s="240"/>
+      <c r="I36" s="240"/>
+      <c r="J36" s="240"/>
+      <c r="K36" s="240"/>
+      <c r="L36" s="240"/>
+      <c r="M36" s="240"/>
+      <c r="N36" s="241"/>
+      <c r="Q36" s="171"/>
+      <c r="S36" s="159"/>
+      <c r="T36" s="159"/>
     </row>
     <row r="37" spans="2:20" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B37" s="268"/>
-[...14 lines deleted...]
-      <c r="T37" s="311"/>
+      <c r="B37" s="242"/>
+      <c r="C37" s="243"/>
+      <c r="D37" s="243"/>
+      <c r="E37" s="243"/>
+      <c r="F37" s="243"/>
+      <c r="G37" s="243"/>
+      <c r="H37" s="243"/>
+      <c r="I37" s="243"/>
+      <c r="J37" s="243"/>
+      <c r="K37" s="243"/>
+      <c r="L37" s="243"/>
+      <c r="M37" s="243"/>
+      <c r="N37" s="244"/>
+      <c r="Q37" s="171"/>
+      <c r="S37" s="159"/>
+      <c r="T37" s="159"/>
     </row>
     <row r="38" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B38" s="17"/>
       <c r="C38" s="17"/>
       <c r="D38" s="17"/>
       <c r="E38" s="17"/>
       <c r="F38" s="17"/>
       <c r="G38" s="17"/>
       <c r="H38" s="17"/>
       <c r="I38" s="17"/>
       <c r="J38" s="17"/>
       <c r="K38" s="17"/>
       <c r="L38" s="17"/>
       <c r="M38" s="17"/>
       <c r="N38" s="17"/>
     </row>
     <row r="39" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B39" s="2"/>
     </row>
     <row r="40" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="M40" s="258" t="s">
+      <c r="M40" s="232" t="s">
         <v>46</v>
       </c>
-      <c r="N40" s="258"/>
+      <c r="N40" s="232"/>
     </row>
     <row r="41" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B41" s="281" t="s">
+      <c r="B41" s="226" t="s">
         <v>47</v>
       </c>
-      <c r="C41" s="281"/>
-[...8 lines deleted...]
-      <c r="L41" s="281"/>
+      <c r="C41" s="226"/>
+      <c r="D41" s="226"/>
+      <c r="E41" s="226"/>
+      <c r="F41" s="226"/>
+      <c r="G41" s="226"/>
+      <c r="H41" s="226"/>
+      <c r="I41" s="226"/>
+      <c r="J41" s="226"/>
+      <c r="K41" s="226"/>
+      <c r="L41" s="226"/>
       <c r="M41" s="18" t="s">
         <v>48</v>
       </c>
       <c r="N41" s="18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="42" spans="2:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B42" s="259" t="s">
+      <c r="B42" s="233" t="s">
         <v>50</v>
       </c>
-      <c r="C42" s="260"/>
-[...8 lines deleted...]
-      <c r="L42" s="261"/>
+      <c r="C42" s="234"/>
+      <c r="D42" s="234"/>
+      <c r="E42" s="234"/>
+      <c r="F42" s="234"/>
+      <c r="G42" s="234"/>
+      <c r="H42" s="234"/>
+      <c r="I42" s="234"/>
+      <c r="J42" s="234"/>
+      <c r="K42" s="234"/>
+      <c r="L42" s="235"/>
       <c r="M42" s="125">
         <v>0</v>
       </c>
       <c r="N42" s="125">
         <v>0</v>
       </c>
-      <c r="Q42" s="315" t="s">
+      <c r="Q42" s="170" t="s">
         <v>19</v>
       </c>
-      <c r="S42" s="312" t="s">
+      <c r="S42" s="158" t="s">
         <v>51</v>
       </c>
-      <c r="T42" s="311"/>
+      <c r="T42" s="159"/>
     </row>
     <row r="43" spans="2:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B43" s="259" t="s">
+      <c r="B43" s="233" t="s">
         <v>52</v>
       </c>
-      <c r="C43" s="260"/>
-[...8 lines deleted...]
-      <c r="L43" s="261"/>
+      <c r="C43" s="234"/>
+      <c r="D43" s="234"/>
+      <c r="E43" s="234"/>
+      <c r="F43" s="234"/>
+      <c r="G43" s="234"/>
+      <c r="H43" s="234"/>
+      <c r="I43" s="234"/>
+      <c r="J43" s="234"/>
+      <c r="K43" s="234"/>
+      <c r="L43" s="235"/>
       <c r="M43" s="125">
         <v>0</v>
       </c>
       <c r="N43" s="125">
         <v>0</v>
       </c>
-      <c r="Q43" s="315"/>
-[...1 lines deleted...]
-      <c r="T43" s="311"/>
+      <c r="Q43" s="170"/>
+      <c r="S43" s="159"/>
+      <c r="T43" s="159"/>
     </row>
     <row r="44" spans="2:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B44" s="259" t="s">
+      <c r="B44" s="233" t="s">
         <v>53</v>
       </c>
-      <c r="C44" s="260"/>
-[...8 lines deleted...]
-      <c r="L44" s="261"/>
+      <c r="C44" s="234"/>
+      <c r="D44" s="234"/>
+      <c r="E44" s="234"/>
+      <c r="F44" s="234"/>
+      <c r="G44" s="234"/>
+      <c r="H44" s="234"/>
+      <c r="I44" s="234"/>
+      <c r="J44" s="234"/>
+      <c r="K44" s="234"/>
+      <c r="L44" s="235"/>
       <c r="M44" s="125">
         <v>0</v>
       </c>
       <c r="N44" s="125">
         <v>0</v>
       </c>
-      <c r="Q44" s="315"/>
-[...1 lines deleted...]
-      <c r="T44" s="311"/>
+      <c r="Q44" s="170"/>
+      <c r="S44" s="159"/>
+      <c r="T44" s="159"/>
     </row>
     <row r="45" spans="2:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B45" s="259" t="s">
+      <c r="B45" s="233" t="s">
         <v>54</v>
       </c>
-      <c r="C45" s="260"/>
-[...8 lines deleted...]
-      <c r="L45" s="261"/>
+      <c r="C45" s="234"/>
+      <c r="D45" s="234"/>
+      <c r="E45" s="234"/>
+      <c r="F45" s="234"/>
+      <c r="G45" s="234"/>
+      <c r="H45" s="234"/>
+      <c r="I45" s="234"/>
+      <c r="J45" s="234"/>
+      <c r="K45" s="234"/>
+      <c r="L45" s="235"/>
       <c r="M45" s="125">
         <v>0</v>
       </c>
       <c r="N45" s="125">
         <v>0</v>
       </c>
-      <c r="Q45" s="315"/>
-[...1 lines deleted...]
-      <c r="T45" s="311"/>
+      <c r="Q45" s="170"/>
+      <c r="S45" s="159"/>
+      <c r="T45" s="159"/>
     </row>
     <row r="48" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B48" s="254" t="s">
+      <c r="B48" s="213" t="s">
         <v>55</v>
       </c>
-      <c r="C48" s="254"/>
-[...10 lines deleted...]
-      <c r="N48" s="254"/>
+      <c r="C48" s="213"/>
+      <c r="D48" s="213"/>
+      <c r="E48" s="213"/>
+      <c r="F48" s="213"/>
+      <c r="G48" s="213"/>
+      <c r="H48" s="213"/>
+      <c r="I48" s="213"/>
+      <c r="J48" s="213"/>
+      <c r="K48" s="213"/>
+      <c r="L48" s="213"/>
+      <c r="M48" s="213"/>
+      <c r="N48" s="213"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B49" s="254" t="s">
+      <c r="B49" s="213" t="s">
         <v>56</v>
       </c>
-      <c r="C49" s="254"/>
-[...10 lines deleted...]
-      <c r="N49" s="254"/>
+      <c r="C49" s="213"/>
+      <c r="D49" s="213"/>
+      <c r="E49" s="213"/>
+      <c r="F49" s="213"/>
+      <c r="G49" s="213"/>
+      <c r="H49" s="213"/>
+      <c r="I49" s="213"/>
+      <c r="J49" s="213"/>
+      <c r="K49" s="213"/>
+      <c r="L49" s="213"/>
+      <c r="M49" s="213"/>
+      <c r="N49" s="213"/>
     </row>
     <row r="50" spans="2:20" s="34" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
       <c r="P50" s="57"/>
       <c r="S50" s="55"/>
       <c r="T50" s="55"/>
     </row>
     <row r="51" spans="2:20" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="L51" s="296" t="s">
+      <c r="L51" s="201" t="s">
         <v>57</v>
       </c>
       <c r="M51" s="45" t="s">
         <v>48</v>
       </c>
       <c r="N51" s="43" t="s">
         <v>49</v>
       </c>
-      <c r="Q51" s="291" t="s">
+      <c r="Q51" s="149" t="s">
         <v>19</v>
       </c>
-      <c r="S51" s="207" t="s">
+      <c r="S51" s="152" t="s">
         <v>58</v>
       </c>
-      <c r="T51" s="213"/>
+      <c r="T51" s="153"/>
     </row>
     <row r="52" spans="2:20" ht="13" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B52" s="3" t="s">
         <v>59</v>
       </c>
       <c r="K52" s="3"/>
-      <c r="L52" s="297"/>
+      <c r="L52" s="202"/>
       <c r="M52" s="46" t="s">
         <v>60</v>
       </c>
       <c r="N52" s="47" t="s">
         <v>60</v>
       </c>
-      <c r="Q52" s="292"/>
-[...1 lines deleted...]
-      <c r="T52" s="215"/>
+      <c r="Q52" s="150"/>
+      <c r="S52" s="154"/>
+      <c r="T52" s="155"/>
     </row>
     <row r="53" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="L53" s="294">
+      <c r="L53" s="199">
         <v>1</v>
       </c>
       <c r="M53" s="126">
         <v>0</v>
       </c>
       <c r="N53" s="127">
         <v>0</v>
       </c>
-      <c r="Q53" s="292"/>
-[...1 lines deleted...]
-      <c r="T53" s="215"/>
+      <c r="Q53" s="150"/>
+      <c r="S53" s="154"/>
+      <c r="T53" s="155"/>
     </row>
     <row r="54" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="L54" s="294"/>
+      <c r="L54" s="199"/>
       <c r="M54" s="126">
         <v>0</v>
       </c>
       <c r="N54" s="127">
         <v>0</v>
       </c>
-      <c r="Q54" s="292"/>
-[...1 lines deleted...]
-      <c r="T54" s="215"/>
+      <c r="Q54" s="150"/>
+      <c r="S54" s="154"/>
+      <c r="T54" s="155"/>
     </row>
     <row r="55" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="L55" s="294"/>
+      <c r="L55" s="199"/>
       <c r="M55" s="126">
         <v>0</v>
       </c>
       <c r="N55" s="127">
         <v>0</v>
       </c>
-      <c r="Q55" s="292"/>
-[...1 lines deleted...]
-      <c r="T55" s="215"/>
+      <c r="Q55" s="150"/>
+      <c r="S55" s="154"/>
+      <c r="T55" s="155"/>
     </row>
     <row r="56" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="L56" s="294"/>
+      <c r="L56" s="199"/>
       <c r="M56" s="126">
         <v>0</v>
       </c>
       <c r="N56" s="127">
         <v>0</v>
       </c>
-      <c r="Q56" s="292"/>
-[...1 lines deleted...]
-      <c r="T56" s="215"/>
+      <c r="Q56" s="150"/>
+      <c r="S56" s="154"/>
+      <c r="T56" s="155"/>
     </row>
     <row r="57" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="L57" s="294"/>
+      <c r="L57" s="199"/>
       <c r="M57" s="126">
         <v>0</v>
       </c>
       <c r="N57" s="127">
         <v>0</v>
       </c>
-      <c r="Q57" s="292"/>
-[...1 lines deleted...]
-      <c r="T57" s="215"/>
+      <c r="Q57" s="150"/>
+      <c r="S57" s="154"/>
+      <c r="T57" s="155"/>
     </row>
     <row r="58" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="L58" s="294"/>
+      <c r="L58" s="199"/>
       <c r="M58" s="126">
         <v>0</v>
       </c>
       <c r="N58" s="127">
         <v>0</v>
       </c>
-      <c r="Q58" s="292"/>
-[...1 lines deleted...]
-      <c r="T58" s="215"/>
+      <c r="Q58" s="150"/>
+      <c r="S58" s="154"/>
+      <c r="T58" s="155"/>
     </row>
     <row r="59" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="L59" s="294"/>
+      <c r="L59" s="199"/>
       <c r="M59" s="126">
         <v>0</v>
       </c>
       <c r="N59" s="127">
         <v>0</v>
       </c>
-      <c r="Q59" s="292"/>
-[...1 lines deleted...]
-      <c r="T59" s="215"/>
+      <c r="Q59" s="150"/>
+      <c r="S59" s="154"/>
+      <c r="T59" s="155"/>
     </row>
     <row r="60" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="L60" s="294"/>
+      <c r="L60" s="199"/>
       <c r="M60" s="126">
         <v>0</v>
       </c>
       <c r="N60" s="127">
         <v>0</v>
       </c>
-      <c r="Q60" s="292"/>
-[...1 lines deleted...]
-      <c r="T60" s="215"/>
+      <c r="Q60" s="150"/>
+      <c r="S60" s="154"/>
+      <c r="T60" s="155"/>
     </row>
     <row r="61" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="5" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="5"/>
       <c r="D61" s="26"/>
       <c r="E61" s="26"/>
       <c r="F61" s="26"/>
       <c r="G61" s="26"/>
       <c r="H61" s="26"/>
       <c r="I61" s="26"/>
       <c r="J61" s="26"/>
       <c r="K61" s="5"/>
-      <c r="L61" s="295"/>
+      <c r="L61" s="200"/>
       <c r="M61" s="128">
         <v>0</v>
       </c>
       <c r="N61" s="129">
         <v>0</v>
       </c>
-      <c r="Q61" s="292"/>
-[...1 lines deleted...]
-      <c r="T61" s="215"/>
+      <c r="Q61" s="150"/>
+      <c r="S61" s="154"/>
+      <c r="T61" s="155"/>
     </row>
     <row r="62" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="1" t="s">
         <v>70</v>
       </c>
       <c r="L62" s="50"/>
       <c r="M62" s="130">
         <f>SUM(M53:M61)</f>
         <v>0</v>
       </c>
       <c r="N62" s="105">
         <f>SUM(N53:N61)</f>
         <v>0</v>
       </c>
-      <c r="Q62" s="292"/>
-[...1 lines deleted...]
-      <c r="T62" s="215"/>
+      <c r="Q62" s="150"/>
+      <c r="S62" s="154"/>
+      <c r="T62" s="155"/>
     </row>
     <row r="63" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="L63" s="40"/>
       <c r="M63" s="131"/>
       <c r="N63" s="132"/>
-      <c r="Q63" s="292"/>
-[...1 lines deleted...]
-      <c r="T63" s="215"/>
+      <c r="Q63" s="150"/>
+      <c r="S63" s="154"/>
+      <c r="T63" s="155"/>
     </row>
     <row r="64" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B64" s="3" t="s">
         <v>71</v>
       </c>
       <c r="L64" s="40"/>
       <c r="M64" s="131"/>
       <c r="N64" s="132"/>
-      <c r="Q64" s="292"/>
-[...1 lines deleted...]
-      <c r="T64" s="215"/>
+      <c r="Q64" s="150"/>
+      <c r="S64" s="154"/>
+      <c r="T64" s="155"/>
     </row>
     <row r="65" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="L65" s="294">
+      <c r="L65" s="199">
         <v>2</v>
       </c>
       <c r="M65" s="126">
         <v>0</v>
       </c>
       <c r="N65" s="127">
         <v>0</v>
       </c>
-      <c r="Q65" s="292"/>
-[...1 lines deleted...]
-      <c r="T65" s="215"/>
+      <c r="Q65" s="150"/>
+      <c r="S65" s="154"/>
+      <c r="T65" s="155"/>
     </row>
     <row r="66" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="L66" s="294"/>
+      <c r="L66" s="199"/>
       <c r="M66" s="126">
         <v>0</v>
       </c>
       <c r="N66" s="127">
         <v>0</v>
       </c>
-      <c r="Q66" s="292"/>
-[...1 lines deleted...]
-      <c r="T66" s="215"/>
+      <c r="Q66" s="150"/>
+      <c r="S66" s="154"/>
+      <c r="T66" s="155"/>
     </row>
     <row r="67" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="L67" s="294"/>
+      <c r="L67" s="199"/>
       <c r="M67" s="126">
         <v>0</v>
       </c>
       <c r="N67" s="127">
         <v>0</v>
       </c>
-      <c r="Q67" s="292"/>
-[...1 lines deleted...]
-      <c r="T67" s="215"/>
+      <c r="Q67" s="150"/>
+      <c r="S67" s="154"/>
+      <c r="T67" s="155"/>
     </row>
     <row r="68" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="L68" s="294"/>
+      <c r="L68" s="199"/>
       <c r="M68" s="126">
         <v>0</v>
       </c>
       <c r="N68" s="127">
         <v>0</v>
       </c>
-      <c r="Q68" s="292"/>
-[...1 lines deleted...]
-      <c r="T68" s="215"/>
+      <c r="Q68" s="150"/>
+      <c r="S68" s="154"/>
+      <c r="T68" s="155"/>
     </row>
     <row r="69" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="L69" s="294"/>
+      <c r="L69" s="199"/>
       <c r="M69" s="126">
         <v>0</v>
       </c>
       <c r="N69" s="127">
         <v>0</v>
       </c>
-      <c r="Q69" s="292"/>
-[...1 lines deleted...]
-      <c r="T69" s="215"/>
+      <c r="Q69" s="150"/>
+      <c r="S69" s="154"/>
+      <c r="T69" s="155"/>
     </row>
     <row r="70" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="L70" s="294"/>
+      <c r="L70" s="199"/>
       <c r="M70" s="126">
         <v>0</v>
       </c>
       <c r="N70" s="127">
         <v>0</v>
       </c>
-      <c r="Q70" s="292"/>
-[...1 lines deleted...]
-      <c r="T70" s="215"/>
+      <c r="Q70" s="150"/>
+      <c r="S70" s="154"/>
+      <c r="T70" s="155"/>
     </row>
     <row r="71" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="5" t="s">
         <v>78</v>
       </c>
       <c r="C71" s="5"/>
       <c r="D71" s="26"/>
       <c r="E71" s="26"/>
       <c r="F71" s="26"/>
       <c r="G71" s="26"/>
       <c r="H71" s="26"/>
       <c r="I71" s="26"/>
       <c r="J71" s="26"/>
       <c r="K71" s="5"/>
-      <c r="L71" s="295"/>
+      <c r="L71" s="200"/>
       <c r="M71" s="128">
         <v>0</v>
       </c>
       <c r="N71" s="129">
         <v>0</v>
       </c>
-      <c r="Q71" s="292"/>
-[...1 lines deleted...]
-      <c r="T71" s="215"/>
+      <c r="Q71" s="150"/>
+      <c r="S71" s="154"/>
+      <c r="T71" s="155"/>
     </row>
     <row r="72" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="1" t="s">
         <v>79</v>
       </c>
       <c r="M72" s="105">
         <f>SUM(M65:M71)</f>
         <v>0</v>
       </c>
       <c r="N72" s="105">
         <f>SUM(N65:N71)</f>
         <v>0</v>
       </c>
-      <c r="Q72" s="292"/>
-[...1 lines deleted...]
-      <c r="T72" s="215"/>
+      <c r="Q72" s="150"/>
+      <c r="S72" s="154"/>
+      <c r="T72" s="155"/>
     </row>
     <row r="73" spans="2:20" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="M73" s="105"/>
       <c r="N73" s="105"/>
-      <c r="Q73" s="292"/>
-[...1 lines deleted...]
-      <c r="T73" s="215"/>
+      <c r="Q73" s="150"/>
+      <c r="S73" s="154"/>
+      <c r="T73" s="155"/>
     </row>
     <row r="74" spans="2:20" ht="20.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B74" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="7"/>
       <c r="E74" s="7"/>
       <c r="F74" s="7"/>
       <c r="G74" s="7"/>
       <c r="H74" s="7"/>
       <c r="I74" s="7"/>
       <c r="J74" s="7"/>
       <c r="K74" s="6"/>
       <c r="L74" s="6"/>
       <c r="M74" s="103">
         <f>M62-M72</f>
         <v>0</v>
       </c>
       <c r="N74" s="103">
         <f>N62-N72</f>
         <v>0</v>
       </c>
-      <c r="Q74" s="293"/>
-[...1 lines deleted...]
-      <c r="T74" s="217"/>
+      <c r="Q74" s="151"/>
+      <c r="S74" s="156"/>
+      <c r="T74" s="157"/>
     </row>
     <row r="75" spans="2:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.3"/>
     <row r="76" spans="2:20" ht="24" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="78" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B78" s="254" t="s">
+      <c r="B78" s="213" t="s">
         <v>55</v>
       </c>
-      <c r="C78" s="254"/>
-[...10 lines deleted...]
-      <c r="N78" s="254"/>
+      <c r="C78" s="213"/>
+      <c r="D78" s="213"/>
+      <c r="E78" s="213"/>
+      <c r="F78" s="213"/>
+      <c r="G78" s="213"/>
+      <c r="H78" s="213"/>
+      <c r="I78" s="213"/>
+      <c r="J78" s="213"/>
+      <c r="K78" s="213"/>
+      <c r="L78" s="213"/>
+      <c r="M78" s="213"/>
+      <c r="N78" s="213"/>
     </row>
     <row r="79" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B79" s="254" t="s">
+      <c r="B79" s="213" t="s">
         <v>81</v>
       </c>
-      <c r="C79" s="254"/>
-[...10 lines deleted...]
-      <c r="N79" s="254"/>
+      <c r="C79" s="213"/>
+      <c r="D79" s="213"/>
+      <c r="E79" s="213"/>
+      <c r="F79" s="213"/>
+      <c r="G79" s="213"/>
+      <c r="H79" s="213"/>
+      <c r="I79" s="213"/>
+      <c r="J79" s="213"/>
+      <c r="K79" s="213"/>
+      <c r="L79" s="213"/>
+      <c r="M79" s="213"/>
+      <c r="N79" s="213"/>
     </row>
     <row r="81" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="L81" s="48" t="s">
         <v>57</v>
       </c>
       <c r="M81" s="43" t="s">
         <v>48</v>
       </c>
       <c r="N81" s="43" t="s">
         <v>49</v>
       </c>
-      <c r="Q81" s="291" t="s">
+      <c r="Q81" s="149" t="s">
         <v>19</v>
       </c>
-      <c r="S81" s="207" t="s">
+      <c r="S81" s="152" t="s">
         <v>82</v>
       </c>
-      <c r="T81" s="208"/>
+      <c r="T81" s="160"/>
     </row>
     <row r="82" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B82" s="3" t="s">
         <v>83</v>
       </c>
       <c r="L82" s="49"/>
       <c r="M82" s="47" t="s">
         <v>60</v>
       </c>
       <c r="N82" s="47" t="s">
         <v>60</v>
       </c>
-      <c r="Q82" s="292"/>
-[...1 lines deleted...]
-      <c r="T82" s="210"/>
+      <c r="Q82" s="150"/>
+      <c r="S82" s="161"/>
+      <c r="T82" s="162"/>
     </row>
     <row r="83" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B83" s="3" t="s">
         <v>84</v>
       </c>
       <c r="L83" s="50"/>
       <c r="M83" s="38"/>
       <c r="N83" s="39"/>
-      <c r="Q83" s="292"/>
-[...1 lines deleted...]
-      <c r="T83" s="210"/>
+      <c r="Q83" s="150"/>
+      <c r="S83" s="161"/>
+      <c r="T83" s="162"/>
     </row>
     <row r="84" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B84" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="L84" s="294">
+      <c r="L84" s="199">
         <v>3</v>
       </c>
       <c r="M84" s="127">
         <v>0</v>
       </c>
       <c r="N84" s="126">
         <v>0</v>
       </c>
-      <c r="Q84" s="292"/>
-[...1 lines deleted...]
-      <c r="T84" s="210"/>
+      <c r="Q84" s="150"/>
+      <c r="S84" s="161"/>
+      <c r="T84" s="162"/>
     </row>
     <row r="85" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B85" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="L85" s="294"/>
+      <c r="L85" s="199"/>
       <c r="M85" s="127">
         <v>0</v>
       </c>
       <c r="N85" s="126">
         <v>0</v>
       </c>
-      <c r="Q85" s="292"/>
-[...1 lines deleted...]
-      <c r="T85" s="210"/>
+      <c r="Q85" s="150"/>
+      <c r="S85" s="161"/>
+      <c r="T85" s="162"/>
     </row>
     <row r="86" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B86" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="L86" s="294"/>
+      <c r="L86" s="199"/>
       <c r="M86" s="127">
         <v>0</v>
       </c>
       <c r="N86" s="126">
         <v>0</v>
       </c>
-      <c r="Q86" s="292"/>
-[...1 lines deleted...]
-      <c r="T86" s="210"/>
+      <c r="Q86" s="150"/>
+      <c r="S86" s="161"/>
+      <c r="T86" s="162"/>
     </row>
     <row r="87" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B87" s="23" t="s">
         <v>88</v>
       </c>
       <c r="C87" s="14"/>
       <c r="D87" s="13"/>
       <c r="E87" s="13"/>
       <c r="F87" s="13"/>
       <c r="G87" s="13"/>
       <c r="H87" s="13"/>
       <c r="I87" s="13"/>
       <c r="J87" s="13"/>
       <c r="K87" s="14"/>
       <c r="L87" s="50"/>
       <c r="M87" s="133">
         <f>SUM(M84:M86)</f>
         <v>0</v>
       </c>
       <c r="N87" s="133">
         <f>SUM(N84:N86)</f>
         <v>0</v>
       </c>
-      <c r="Q87" s="292"/>
-[...1 lines deleted...]
-      <c r="T87" s="210"/>
+      <c r="Q87" s="150"/>
+      <c r="S87" s="161"/>
+      <c r="T87" s="162"/>
     </row>
     <row r="88" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="L88" s="40"/>
       <c r="M88" s="131"/>
       <c r="N88" s="131"/>
-      <c r="Q88" s="292"/>
-[...1 lines deleted...]
-      <c r="T88" s="210"/>
+      <c r="Q88" s="150"/>
+      <c r="S88" s="161"/>
+      <c r="T88" s="162"/>
     </row>
     <row r="89" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B89" s="3" t="s">
         <v>89</v>
       </c>
       <c r="L89" s="40"/>
       <c r="M89" s="131"/>
       <c r="N89" s="131"/>
-      <c r="Q89" s="292"/>
-[...1 lines deleted...]
-      <c r="T89" s="210"/>
+      <c r="Q89" s="150"/>
+      <c r="S89" s="161"/>
+      <c r="T89" s="162"/>
     </row>
     <row r="90" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B90" s="1" t="s">
         <v>90</v>
       </c>
       <c r="L90" s="33">
         <v>5</v>
       </c>
       <c r="M90" s="126">
         <v>0</v>
       </c>
       <c r="N90" s="126">
         <v>0</v>
       </c>
-      <c r="Q90" s="292"/>
-[...1 lines deleted...]
-      <c r="T90" s="210"/>
+      <c r="Q90" s="150"/>
+      <c r="S90" s="161"/>
+      <c r="T90" s="162"/>
     </row>
     <row r="91" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B91" s="1" t="s">
         <v>91</v>
       </c>
       <c r="L91" s="33">
         <v>6</v>
       </c>
       <c r="M91" s="127">
         <v>0</v>
       </c>
       <c r="N91" s="126">
         <v>0</v>
       </c>
-      <c r="Q91" s="292"/>
-[...1 lines deleted...]
-      <c r="T91" s="210"/>
+      <c r="Q91" s="150"/>
+      <c r="S91" s="161"/>
+      <c r="T91" s="162"/>
     </row>
     <row r="92" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B92" s="23" t="s">
         <v>92</v>
       </c>
       <c r="C92" s="14"/>
       <c r="D92" s="13"/>
       <c r="E92" s="13"/>
       <c r="F92" s="13"/>
       <c r="G92" s="13"/>
       <c r="H92" s="13"/>
       <c r="I92" s="13"/>
       <c r="J92" s="13"/>
       <c r="K92" s="14"/>
       <c r="L92" s="50"/>
       <c r="M92" s="134">
         <f>SUM(M90:M91)</f>
         <v>0</v>
       </c>
       <c r="N92" s="134">
         <f>SUM(N90:N91)</f>
         <v>0</v>
       </c>
-      <c r="Q92" s="292"/>
-[...1 lines deleted...]
-      <c r="T92" s="210"/>
+      <c r="Q92" s="150"/>
+      <c r="S92" s="161"/>
+      <c r="T92" s="162"/>
     </row>
     <row r="93" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B93" s="23" t="s">
         <v>93</v>
       </c>
       <c r="C93" s="14"/>
       <c r="D93" s="13"/>
       <c r="E93" s="13"/>
       <c r="F93" s="13"/>
       <c r="G93" s="13"/>
       <c r="H93" s="13"/>
       <c r="I93" s="13"/>
       <c r="J93" s="13"/>
       <c r="K93" s="14"/>
       <c r="L93" s="50"/>
       <c r="M93" s="134">
         <f>M87+M92</f>
         <v>0</v>
       </c>
       <c r="N93" s="133">
         <f>N87+N92</f>
         <v>0</v>
       </c>
-      <c r="Q93" s="292"/>
-[...1 lines deleted...]
-      <c r="T93" s="210"/>
+      <c r="Q93" s="150"/>
+      <c r="S93" s="161"/>
+      <c r="T93" s="162"/>
     </row>
     <row r="94" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="L94" s="40"/>
       <c r="M94" s="132"/>
       <c r="N94" s="131"/>
-      <c r="Q94" s="292"/>
-[...1 lines deleted...]
-      <c r="T94" s="210"/>
+      <c r="Q94" s="150"/>
+      <c r="S94" s="161"/>
+      <c r="T94" s="162"/>
     </row>
     <row r="95" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B95" s="3" t="s">
         <v>94</v>
       </c>
       <c r="L95" s="40"/>
       <c r="M95" s="132"/>
       <c r="N95" s="131"/>
-      <c r="Q95" s="292"/>
-[...1 lines deleted...]
-      <c r="T95" s="210"/>
+      <c r="Q95" s="150"/>
+      <c r="S95" s="161"/>
+      <c r="T95" s="162"/>
     </row>
     <row r="96" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B96" s="3" t="s">
         <v>95</v>
       </c>
       <c r="L96" s="40"/>
       <c r="M96" s="132"/>
       <c r="N96" s="131"/>
-      <c r="Q96" s="292"/>
-[...1 lines deleted...]
-      <c r="T96" s="210"/>
+      <c r="Q96" s="150"/>
+      <c r="S96" s="161"/>
+      <c r="T96" s="162"/>
     </row>
     <row r="97" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B97" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="L97" s="294">
+      <c r="L97" s="199">
         <v>4</v>
       </c>
       <c r="M97" s="127">
         <v>0</v>
       </c>
       <c r="N97" s="126">
         <v>0</v>
       </c>
-      <c r="Q97" s="292"/>
-[...1 lines deleted...]
-      <c r="T97" s="210"/>
+      <c r="Q97" s="150"/>
+      <c r="S97" s="161"/>
+      <c r="T97" s="162"/>
     </row>
     <row r="98" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B98" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="L98" s="294"/>
+      <c r="L98" s="199"/>
       <c r="M98" s="127">
         <v>0</v>
       </c>
       <c r="N98" s="126">
         <v>0</v>
       </c>
-      <c r="Q98" s="292"/>
-[...1 lines deleted...]
-      <c r="T98" s="210"/>
+      <c r="Q98" s="150"/>
+      <c r="S98" s="161"/>
+      <c r="T98" s="162"/>
     </row>
     <row r="99" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B99" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="L99" s="294"/>
+      <c r="L99" s="199"/>
       <c r="M99" s="127">
         <v>0</v>
       </c>
       <c r="N99" s="126">
         <v>0</v>
       </c>
-      <c r="Q99" s="292"/>
-[...1 lines deleted...]
-      <c r="T99" s="210"/>
+      <c r="Q99" s="150"/>
+      <c r="S99" s="161"/>
+      <c r="T99" s="162"/>
     </row>
     <row r="100" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B100" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="L100" s="294"/>
+      <c r="L100" s="199"/>
       <c r="M100" s="127">
         <v>0</v>
       </c>
       <c r="N100" s="126">
         <v>0</v>
       </c>
-      <c r="Q100" s="292"/>
-[...1 lines deleted...]
-      <c r="T100" s="210"/>
+      <c r="Q100" s="150"/>
+      <c r="S100" s="161"/>
+      <c r="T100" s="162"/>
     </row>
     <row r="101" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B101" s="23" t="s">
         <v>100</v>
       </c>
       <c r="C101" s="14"/>
       <c r="D101" s="13"/>
       <c r="E101" s="13"/>
       <c r="F101" s="13"/>
       <c r="G101" s="13"/>
       <c r="H101" s="13"/>
       <c r="I101" s="13"/>
       <c r="J101" s="13"/>
       <c r="K101" s="14"/>
       <c r="L101" s="50"/>
       <c r="M101" s="134">
         <f>SUM(M97:M100)</f>
         <v>0</v>
       </c>
       <c r="N101" s="134">
         <f>SUM(N97:N100)</f>
         <v>0</v>
       </c>
-      <c r="Q101" s="292"/>
-[...1 lines deleted...]
-      <c r="T101" s="210"/>
+      <c r="Q101" s="150"/>
+      <c r="S101" s="161"/>
+      <c r="T101" s="162"/>
     </row>
     <row r="102" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="L102" s="40"/>
       <c r="M102" s="132"/>
       <c r="N102" s="131"/>
-      <c r="Q102" s="292"/>
-[...1 lines deleted...]
-      <c r="T102" s="210"/>
+      <c r="Q102" s="150"/>
+      <c r="S102" s="161"/>
+      <c r="T102" s="162"/>
     </row>
     <row r="103" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B103" s="3" t="s">
         <v>101</v>
       </c>
       <c r="L103" s="40"/>
       <c r="M103" s="132"/>
       <c r="N103" s="131"/>
-      <c r="Q103" s="292"/>
-[...1 lines deleted...]
-      <c r="T103" s="210"/>
+      <c r="Q103" s="150"/>
+      <c r="S103" s="161"/>
+      <c r="T103" s="162"/>
     </row>
     <row r="104" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="1" t="s">
         <v>102</v>
       </c>
       <c r="L104" s="85">
         <v>4</v>
       </c>
       <c r="M104" s="127">
         <v>0</v>
       </c>
       <c r="N104" s="126">
         <v>0</v>
       </c>
-      <c r="Q104" s="292"/>
-[...1 lines deleted...]
-      <c r="T104" s="210"/>
+      <c r="Q104" s="150"/>
+      <c r="S104" s="161"/>
+      <c r="T104" s="162"/>
     </row>
     <row r="105" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B105" s="23" t="s">
         <v>103</v>
       </c>
       <c r="C105" s="14"/>
       <c r="D105" s="13"/>
       <c r="E105" s="13"/>
       <c r="F105" s="13"/>
       <c r="G105" s="13"/>
       <c r="H105" s="13"/>
       <c r="I105" s="13"/>
       <c r="J105" s="13"/>
       <c r="K105" s="14"/>
       <c r="L105" s="50"/>
       <c r="M105" s="134">
         <f>SUM(M104:M104)</f>
         <v>0</v>
       </c>
       <c r="N105" s="134">
         <f>SUM(N104:N104)</f>
         <v>0</v>
       </c>
-      <c r="Q105" s="292"/>
-[...1 lines deleted...]
-      <c r="T105" s="210"/>
+      <c r="Q105" s="150"/>
+      <c r="S105" s="161"/>
+      <c r="T105" s="162"/>
     </row>
     <row r="106" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B106" s="23" t="s">
         <v>104</v>
       </c>
       <c r="C106" s="14"/>
       <c r="D106" s="13"/>
       <c r="E106" s="13"/>
       <c r="F106" s="13"/>
       <c r="G106" s="13"/>
       <c r="H106" s="13"/>
       <c r="I106" s="13"/>
       <c r="J106" s="13"/>
       <c r="K106" s="14"/>
       <c r="L106" s="50"/>
       <c r="M106" s="134">
         <f>M101+M105</f>
         <v>0</v>
       </c>
       <c r="N106" s="133">
         <f>N101+N105</f>
         <v>0</v>
       </c>
-      <c r="Q106" s="292"/>
-[...1 lines deleted...]
-      <c r="T106" s="210"/>
+      <c r="Q106" s="150"/>
+      <c r="S106" s="161"/>
+      <c r="T106" s="162"/>
     </row>
     <row r="107" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="L107" s="40"/>
       <c r="M107" s="132"/>
       <c r="N107" s="131"/>
-      <c r="Q107" s="292"/>
-[...1 lines deleted...]
-      <c r="T107" s="210"/>
+      <c r="Q107" s="150"/>
+      <c r="S107" s="161"/>
+      <c r="T107" s="162"/>
     </row>
     <row r="108" spans="2:20" ht="16" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B108" s="8" t="s">
         <v>105</v>
       </c>
       <c r="C108" s="6"/>
       <c r="D108" s="7"/>
       <c r="E108" s="7"/>
       <c r="F108" s="7"/>
       <c r="G108" s="7"/>
       <c r="H108" s="7"/>
       <c r="I108" s="7"/>
       <c r="J108" s="7"/>
       <c r="K108" s="6"/>
       <c r="L108" s="51"/>
       <c r="M108" s="101">
         <f>M93-M106</f>
         <v>0</v>
       </c>
       <c r="N108" s="102">
         <f>N93-N106</f>
         <v>0</v>
       </c>
-      <c r="Q108" s="292"/>
-[...1 lines deleted...]
-      <c r="T108" s="210"/>
+      <c r="Q108" s="150"/>
+      <c r="S108" s="161"/>
+      <c r="T108" s="162"/>
     </row>
     <row r="109" spans="2:20" ht="16" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="L109" s="40"/>
       <c r="M109" s="132"/>
       <c r="N109" s="131"/>
-      <c r="Q109" s="292"/>
-[...1 lines deleted...]
-      <c r="T109" s="210"/>
+      <c r="Q109" s="150"/>
+      <c r="S109" s="161"/>
+      <c r="T109" s="162"/>
     </row>
     <row r="110" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B110" s="3" t="s">
         <v>106</v>
       </c>
       <c r="L110" s="40"/>
       <c r="M110" s="132"/>
       <c r="N110" s="131"/>
-      <c r="Q110" s="292"/>
-[...1 lines deleted...]
-      <c r="T110" s="210"/>
+      <c r="Q110" s="150"/>
+      <c r="S110" s="161"/>
+      <c r="T110" s="162"/>
     </row>
     <row r="111" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B111" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="L111" s="294">
+      <c r="L111" s="199">
         <v>7</v>
       </c>
       <c r="M111" s="99">
         <f>C475</f>
         <v>0</v>
       </c>
       <c r="N111" s="100">
         <f>C489</f>
         <v>0</v>
       </c>
-      <c r="Q111" s="292"/>
-[...1 lines deleted...]
-      <c r="T111" s="210"/>
+      <c r="Q111" s="150"/>
+      <c r="S111" s="161"/>
+      <c r="T111" s="162"/>
     </row>
     <row r="112" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B112" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="L112" s="294"/>
+      <c r="L112" s="199"/>
       <c r="M112" s="99">
         <f>E475</f>
         <v>0</v>
       </c>
       <c r="N112" s="100">
         <f>E489</f>
         <v>0</v>
       </c>
-      <c r="Q112" s="292"/>
-[...1 lines deleted...]
-      <c r="T112" s="210"/>
+      <c r="Q112" s="150"/>
+      <c r="S112" s="161"/>
+      <c r="T112" s="162"/>
     </row>
     <row r="113" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B113" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="L113" s="294"/>
+      <c r="L113" s="199"/>
       <c r="M113" s="99">
         <f>G475</f>
         <v>0</v>
       </c>
       <c r="N113" s="100">
         <f>G489</f>
         <v>0</v>
       </c>
-      <c r="Q113" s="292"/>
-[...1 lines deleted...]
-      <c r="T113" s="210"/>
+      <c r="Q113" s="150"/>
+      <c r="S113" s="161"/>
+      <c r="T113" s="162"/>
     </row>
     <row r="114" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B114" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="L114" s="294"/>
+      <c r="L114" s="199"/>
       <c r="M114" s="99">
         <f>I475</f>
         <v>0</v>
       </c>
       <c r="N114" s="100">
         <f>I489</f>
         <v>0</v>
       </c>
-      <c r="Q114" s="292"/>
-[...1 lines deleted...]
-      <c r="T114" s="210"/>
+      <c r="Q114" s="150"/>
+      <c r="S114" s="161"/>
+      <c r="T114" s="162"/>
     </row>
     <row r="115" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B115" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="L115" s="294"/>
+      <c r="L115" s="199"/>
       <c r="M115" s="99">
         <f>K475</f>
         <v>0</v>
       </c>
       <c r="N115" s="100">
         <f>K489</f>
         <v>0</v>
       </c>
-      <c r="Q115" s="292"/>
-[...1 lines deleted...]
-      <c r="T115" s="210"/>
+      <c r="Q115" s="150"/>
+      <c r="S115" s="161"/>
+      <c r="T115" s="162"/>
     </row>
     <row r="116" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B116" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="L116" s="295"/>
+      <c r="L116" s="200"/>
       <c r="M116" s="99">
         <f>M475</f>
         <v>0</v>
       </c>
       <c r="N116" s="100">
         <f>M489</f>
         <v>0</v>
       </c>
-      <c r="Q116" s="292"/>
-[...1 lines deleted...]
-      <c r="T116" s="210"/>
+      <c r="Q116" s="150"/>
+      <c r="S116" s="161"/>
+      <c r="T116" s="162"/>
     </row>
     <row r="117" spans="2:20" ht="16" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B117" s="8" t="s">
         <v>113</v>
       </c>
       <c r="C117" s="6"/>
       <c r="D117" s="7"/>
       <c r="E117" s="7"/>
       <c r="F117" s="7"/>
       <c r="G117" s="7"/>
       <c r="H117" s="7"/>
       <c r="I117" s="7"/>
       <c r="J117" s="7"/>
       <c r="K117" s="6"/>
       <c r="L117" s="6"/>
       <c r="M117" s="110">
         <f>SUM(M111:M116)</f>
         <v>0</v>
       </c>
       <c r="N117" s="110">
         <f>SUM(N111:N116)</f>
         <v>0</v>
       </c>
-      <c r="Q117" s="293"/>
+      <c r="Q117" s="151"/>
       <c r="R117" s="27" t="str">
         <f>IF(M108-M117=0,IF(N108-N117=0,"OK","Last year net assets doesn't equal accumulated funds"),"Current year net assets doesn't equal accumulated funds")</f>
         <v>OK</v>
       </c>
-      <c r="S117" s="211"/>
-      <c r="T117" s="212"/>
+      <c r="S117" s="163"/>
+      <c r="T117" s="164"/>
     </row>
     <row r="118" spans="2:20" ht="16" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B118" s="3"/>
       <c r="M118" s="15"/>
       <c r="N118" s="15"/>
       <c r="Q118" s="89"/>
       <c r="S118" s="90"/>
       <c r="T118" s="90"/>
     </row>
     <row r="119" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B119" s="98" t="s">
         <v>114</v>
       </c>
       <c r="G119" s="15"/>
       <c r="H119" s="15"/>
       <c r="I119" s="15"/>
       <c r="J119" s="15"/>
       <c r="K119" s="15"/>
       <c r="L119" s="15"/>
       <c r="M119" s="15"/>
       <c r="N119" s="15"/>
-      <c r="Q119" s="291" t="s">
+      <c r="Q119" s="149" t="s">
         <v>19</v>
       </c>
-      <c r="S119" s="207" t="s">
+      <c r="S119" s="152" t="s">
         <v>115</v>
       </c>
-      <c r="T119" s="213"/>
+      <c r="T119" s="153"/>
     </row>
     <row r="120" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B120" s="16"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15"/>
       <c r="I120" s="15"/>
       <c r="J120" s="15"/>
       <c r="K120" s="15"/>
       <c r="L120" s="15"/>
       <c r="M120" s="15"/>
       <c r="N120" s="15"/>
-      <c r="Q120" s="292"/>
-[...1 lines deleted...]
-      <c r="T120" s="215"/>
+      <c r="Q120" s="150"/>
+      <c r="S120" s="154"/>
+      <c r="T120" s="155"/>
     </row>
     <row r="121" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B121" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C121" s="280"/>
-[...3 lines deleted...]
-      <c r="G121" s="280"/>
+      <c r="C121" s="225"/>
+      <c r="D121" s="225"/>
+      <c r="E121" s="225"/>
+      <c r="F121" s="225"/>
+      <c r="G121" s="225"/>
       <c r="I121" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J121" s="15"/>
-      <c r="K121" s="280"/>
-[...4 lines deleted...]
-      <c r="T121" s="215"/>
+      <c r="K121" s="225"/>
+      <c r="L121" s="225"/>
+      <c r="M121" s="225"/>
+      <c r="Q121" s="150"/>
+      <c r="S121" s="154"/>
+      <c r="T121" s="155"/>
     </row>
     <row r="122" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B122" s="1" t="s">
         <v>117</v>
       </c>
       <c r="C122" s="224"/>
       <c r="D122" s="224"/>
       <c r="E122" s="224"/>
       <c r="F122" s="224"/>
       <c r="G122" s="224"/>
       <c r="I122" s="1" t="s">
         <v>117</v>
       </c>
       <c r="J122" s="15"/>
       <c r="K122" s="224"/>
       <c r="L122" s="224"/>
       <c r="M122" s="224"/>
       <c r="N122" s="15"/>
-      <c r="Q122" s="292"/>
-[...1 lines deleted...]
-      <c r="T122" s="215"/>
+      <c r="Q122" s="150"/>
+      <c r="S122" s="154"/>
+      <c r="T122" s="155"/>
     </row>
     <row r="123" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B123" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C123" s="224"/>
       <c r="D123" s="224"/>
       <c r="E123" s="224"/>
       <c r="F123" s="224"/>
       <c r="G123" s="224"/>
       <c r="I123" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J123" s="15"/>
       <c r="K123" s="224"/>
       <c r="L123" s="224"/>
       <c r="M123" s="224"/>
       <c r="N123" s="15"/>
-      <c r="Q123" s="292"/>
-[...1 lines deleted...]
-      <c r="T123" s="215"/>
+      <c r="Q123" s="150"/>
+      <c r="S123" s="154"/>
+      <c r="T123" s="155"/>
     </row>
     <row r="124" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B124" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C124" s="224"/>
       <c r="D124" s="224"/>
       <c r="E124" s="224"/>
       <c r="F124" s="224"/>
       <c r="G124" s="224"/>
       <c r="I124" s="1" t="s">
         <v>119</v>
       </c>
       <c r="J124" s="15"/>
       <c r="K124" s="224"/>
       <c r="L124" s="224"/>
       <c r="M124" s="224"/>
-      <c r="Q124" s="292"/>
-[...1 lines deleted...]
-      <c r="T124" s="215"/>
+      <c r="Q124" s="150"/>
+      <c r="S124" s="154"/>
+      <c r="T124" s="155"/>
     </row>
     <row r="125" spans="2:20" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C125" s="4"/>
       <c r="I125" s="1"/>
       <c r="J125" s="15"/>
       <c r="K125" s="4"/>
       <c r="L125" s="4"/>
       <c r="M125" s="4"/>
-      <c r="Q125" s="293"/>
-[...1 lines deleted...]
-      <c r="T125" s="217"/>
+      <c r="Q125" s="151"/>
+      <c r="S125" s="156"/>
+      <c r="T125" s="157"/>
     </row>
     <row r="128" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B128" s="254" t="s">
+      <c r="B128" s="213" t="s">
         <v>55</v>
       </c>
-      <c r="C128" s="254"/>
-[...10 lines deleted...]
-      <c r="N128" s="254"/>
+      <c r="C128" s="213"/>
+      <c r="D128" s="213"/>
+      <c r="E128" s="213"/>
+      <c r="F128" s="213"/>
+      <c r="G128" s="213"/>
+      <c r="H128" s="213"/>
+      <c r="I128" s="213"/>
+      <c r="J128" s="213"/>
+      <c r="K128" s="213"/>
+      <c r="L128" s="213"/>
+      <c r="M128" s="213"/>
+      <c r="N128" s="213"/>
     </row>
     <row r="129" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B129" s="254" t="s">
+      <c r="B129" s="213" t="s">
         <v>120</v>
       </c>
-      <c r="C129" s="254"/>
-[...10 lines deleted...]
-      <c r="N129" s="254"/>
+      <c r="C129" s="213"/>
+      <c r="D129" s="213"/>
+      <c r="E129" s="213"/>
+      <c r="F129" s="213"/>
+      <c r="G129" s="213"/>
+      <c r="H129" s="213"/>
+      <c r="I129" s="213"/>
+      <c r="J129" s="213"/>
+      <c r="K129" s="213"/>
+      <c r="L129" s="213"/>
+      <c r="M129" s="213"/>
+      <c r="N129" s="213"/>
     </row>
     <row r="130" spans="2:20" s="34" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B130" s="12"/>
       <c r="C130" s="12"/>
       <c r="D130" s="12"/>
       <c r="E130" s="12"/>
       <c r="F130" s="12"/>
       <c r="G130" s="12"/>
       <c r="H130" s="12"/>
       <c r="I130" s="12"/>
       <c r="J130" s="12"/>
       <c r="K130" s="12"/>
       <c r="L130" s="12"/>
       <c r="M130" s="12"/>
       <c r="N130" s="12"/>
       <c r="P130" s="57"/>
       <c r="S130" s="55"/>
       <c r="T130" s="55"/>
     </row>
     <row r="131" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="M131" s="43" t="s">
         <v>48</v>
       </c>
       <c r="N131" s="43" t="s">
         <v>49</v>
       </c>
-      <c r="Q131" s="291" t="s">
+      <c r="Q131" s="149" t="s">
         <v>19</v>
       </c>
-      <c r="S131" s="207" t="s">
+      <c r="S131" s="152" t="s">
         <v>121</v>
       </c>
-      <c r="T131" s="213"/>
+      <c r="T131" s="153"/>
     </row>
     <row r="132" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B132" s="3" t="s">
         <v>122</v>
       </c>
       <c r="M132" s="44" t="s">
         <v>60</v>
       </c>
       <c r="N132" s="44" t="s">
         <v>60</v>
       </c>
-      <c r="Q132" s="292"/>
-[...1 lines deleted...]
-      <c r="T132" s="215"/>
+      <c r="Q132" s="150"/>
+      <c r="S132" s="154"/>
+      <c r="T132" s="155"/>
     </row>
     <row r="133" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B133" s="3" t="s">
         <v>123</v>
       </c>
       <c r="M133" s="40"/>
       <c r="N133" s="40"/>
-      <c r="Q133" s="292"/>
-[...1 lines deleted...]
-      <c r="T133" s="215"/>
+      <c r="Q133" s="150"/>
+      <c r="S133" s="154"/>
+      <c r="T133" s="155"/>
     </row>
     <row r="134" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B134" s="1" t="s">
         <v>61</v>
       </c>
       <c r="M134" s="127">
         <v>0</v>
       </c>
       <c r="N134" s="127">
         <v>0</v>
       </c>
-      <c r="Q134" s="292"/>
-[...1 lines deleted...]
-      <c r="T134" s="215"/>
+      <c r="Q134" s="150"/>
+      <c r="S134" s="154"/>
+      <c r="T134" s="155"/>
     </row>
     <row r="135" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B135" s="1" t="s">
         <v>62</v>
       </c>
       <c r="M135" s="127">
         <v>0</v>
       </c>
       <c r="N135" s="127">
         <v>0</v>
       </c>
-      <c r="Q135" s="292"/>
-[...1 lines deleted...]
-      <c r="T135" s="215"/>
+      <c r="Q135" s="150"/>
+      <c r="S135" s="154"/>
+      <c r="T135" s="155"/>
     </row>
     <row r="136" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B136" s="1" t="s">
         <v>63</v>
       </c>
       <c r="M136" s="127">
         <v>0</v>
       </c>
       <c r="N136" s="127">
         <v>0</v>
       </c>
-      <c r="Q136" s="292"/>
-[...1 lines deleted...]
-      <c r="T136" s="215"/>
+      <c r="Q136" s="150"/>
+      <c r="S136" s="154"/>
+      <c r="T136" s="155"/>
     </row>
     <row r="137" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B137" s="1" t="s">
         <v>64</v>
       </c>
       <c r="M137" s="127">
         <v>0</v>
       </c>
       <c r="N137" s="127">
         <v>0</v>
       </c>
-      <c r="Q137" s="292"/>
-[...1 lines deleted...]
-      <c r="T137" s="215"/>
+      <c r="Q137" s="150"/>
+      <c r="S137" s="154"/>
+      <c r="T137" s="155"/>
     </row>
     <row r="138" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B138" s="1" t="s">
         <v>65</v>
       </c>
       <c r="M138" s="127">
         <v>0</v>
       </c>
       <c r="N138" s="127">
         <v>0</v>
       </c>
-      <c r="Q138" s="292"/>
-[...1 lines deleted...]
-      <c r="T138" s="215"/>
+      <c r="Q138" s="150"/>
+      <c r="S138" s="154"/>
+      <c r="T138" s="155"/>
     </row>
     <row r="139" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B139" s="1" t="s">
         <v>66</v>
       </c>
       <c r="M139" s="127">
         <v>0</v>
       </c>
       <c r="N139" s="127">
         <v>0</v>
       </c>
-      <c r="Q139" s="292"/>
-[...1 lines deleted...]
-      <c r="T139" s="215"/>
+      <c r="Q139" s="150"/>
+      <c r="S139" s="154"/>
+      <c r="T139" s="155"/>
     </row>
     <row r="140" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B140" s="1" t="s">
         <v>124</v>
       </c>
       <c r="M140" s="127">
         <v>0</v>
       </c>
       <c r="N140" s="127">
         <v>0</v>
       </c>
-      <c r="Q140" s="292"/>
-[...1 lines deleted...]
-      <c r="T140" s="215"/>
+      <c r="Q140" s="150"/>
+      <c r="S140" s="154"/>
+      <c r="T140" s="155"/>
     </row>
     <row r="141" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B141" s="1" t="s">
         <v>125</v>
       </c>
       <c r="M141" s="127">
         <v>0</v>
       </c>
       <c r="N141" s="127">
         <v>0</v>
       </c>
-      <c r="Q141" s="292"/>
-[...1 lines deleted...]
-      <c r="T141" s="215"/>
+      <c r="Q141" s="150"/>
+      <c r="S141" s="154"/>
+      <c r="T141" s="155"/>
     </row>
     <row r="142" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B142" s="5" t="s">
         <v>126</v>
       </c>
       <c r="C142" s="5"/>
       <c r="D142" s="26"/>
       <c r="E142" s="26"/>
       <c r="F142" s="26"/>
       <c r="G142" s="26"/>
       <c r="H142" s="26"/>
       <c r="I142" s="26"/>
       <c r="J142" s="26"/>
       <c r="K142" s="5"/>
       <c r="L142" s="5"/>
       <c r="M142" s="129">
         <v>0</v>
       </c>
       <c r="N142" s="129">
         <v>0</v>
       </c>
-      <c r="Q142" s="292"/>
-[...1 lines deleted...]
-      <c r="T142" s="215"/>
+      <c r="Q142" s="150"/>
+      <c r="S142" s="154"/>
+      <c r="T142" s="155"/>
     </row>
     <row r="143" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B143" s="1" t="s">
         <v>127</v>
       </c>
       <c r="M143" s="105">
         <f>SUM(M134:M142)</f>
         <v>0</v>
       </c>
       <c r="N143" s="105">
         <f>SUM(N134:N142)</f>
         <v>0</v>
       </c>
-      <c r="Q143" s="292"/>
-[...1 lines deleted...]
-      <c r="T143" s="215"/>
+      <c r="Q143" s="150"/>
+      <c r="S143" s="154"/>
+      <c r="T143" s="155"/>
     </row>
     <row r="144" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="M144" s="132"/>
       <c r="N144" s="132"/>
-      <c r="Q144" s="292"/>
-[...1 lines deleted...]
-      <c r="T144" s="215"/>
+      <c r="Q144" s="150"/>
+      <c r="S144" s="154"/>
+      <c r="T144" s="155"/>
     </row>
     <row r="145" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B145" s="3" t="s">
         <v>128</v>
       </c>
       <c r="M145" s="132"/>
       <c r="N145" s="132"/>
-      <c r="Q145" s="292"/>
-[...1 lines deleted...]
-      <c r="T145" s="215"/>
+      <c r="Q145" s="150"/>
+      <c r="S145" s="154"/>
+      <c r="T145" s="155"/>
     </row>
     <row r="146" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B146" s="1" t="s">
         <v>129</v>
       </c>
       <c r="M146" s="127">
         <v>0</v>
       </c>
       <c r="N146" s="127">
         <v>0</v>
       </c>
-      <c r="Q146" s="292"/>
-[...1 lines deleted...]
-      <c r="T146" s="215"/>
+      <c r="Q146" s="150"/>
+      <c r="S146" s="154"/>
+      <c r="T146" s="155"/>
     </row>
     <row r="147" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B147" s="1" t="s">
         <v>130</v>
       </c>
       <c r="M147" s="127">
         <v>0</v>
       </c>
       <c r="N147" s="127">
         <v>0</v>
       </c>
-      <c r="Q147" s="292"/>
-[...1 lines deleted...]
-      <c r="T147" s="215"/>
+      <c r="Q147" s="150"/>
+      <c r="S147" s="154"/>
+      <c r="T147" s="155"/>
     </row>
     <row r="148" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B148" s="1" t="s">
         <v>131</v>
       </c>
       <c r="M148" s="127">
         <v>0</v>
       </c>
       <c r="N148" s="127">
         <v>0</v>
       </c>
-      <c r="Q148" s="292"/>
-[...1 lines deleted...]
-      <c r="T148" s="215"/>
+      <c r="Q148" s="150"/>
+      <c r="S148" s="154"/>
+      <c r="T148" s="155"/>
     </row>
     <row r="149" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B149" s="1" t="s">
         <v>132</v>
       </c>
       <c r="M149" s="127">
         <v>0</v>
       </c>
       <c r="N149" s="127">
         <v>0</v>
       </c>
-      <c r="Q149" s="292"/>
-[...1 lines deleted...]
-      <c r="T149" s="215"/>
+      <c r="Q149" s="150"/>
+      <c r="S149" s="154"/>
+      <c r="T149" s="155"/>
     </row>
     <row r="150" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B150" s="1" t="s">
         <v>133</v>
       </c>
       <c r="M150" s="127">
         <v>0</v>
       </c>
       <c r="N150" s="127">
         <v>0</v>
       </c>
-      <c r="Q150" s="292"/>
-[...1 lines deleted...]
-      <c r="T150" s="215"/>
+      <c r="Q150" s="150"/>
+      <c r="S150" s="154"/>
+      <c r="T150" s="155"/>
     </row>
     <row r="151" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B151" s="1" t="s">
         <v>134</v>
       </c>
       <c r="M151" s="127">
         <v>0</v>
       </c>
       <c r="N151" s="127">
         <v>0</v>
       </c>
-      <c r="Q151" s="292"/>
-[...1 lines deleted...]
-      <c r="T151" s="215"/>
+      <c r="Q151" s="150"/>
+      <c r="S151" s="154"/>
+      <c r="T151" s="155"/>
     </row>
     <row r="152" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B152" s="5" t="s">
         <v>135</v>
       </c>
       <c r="C152" s="5"/>
       <c r="D152" s="26"/>
       <c r="E152" s="26"/>
       <c r="F152" s="26"/>
       <c r="G152" s="26"/>
       <c r="H152" s="26"/>
       <c r="I152" s="26"/>
       <c r="J152" s="26"/>
       <c r="K152" s="5"/>
       <c r="L152" s="5"/>
       <c r="M152" s="129">
         <v>0</v>
       </c>
       <c r="N152" s="129">
         <v>0</v>
       </c>
-      <c r="Q152" s="292"/>
-[...1 lines deleted...]
-      <c r="T152" s="215"/>
+      <c r="Q152" s="150"/>
+      <c r="S152" s="154"/>
+      <c r="T152" s="155"/>
     </row>
     <row r="153" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B153" s="1" t="s">
         <v>136</v>
       </c>
       <c r="M153" s="105">
         <f>SUM(M146:M152)</f>
         <v>0</v>
       </c>
       <c r="N153" s="105">
         <f>SUM(N146:N152)</f>
         <v>0</v>
       </c>
-      <c r="Q153" s="292"/>
-[...1 lines deleted...]
-      <c r="T153" s="215"/>
+      <c r="Q153" s="150"/>
+      <c r="S153" s="154"/>
+      <c r="T153" s="155"/>
     </row>
     <row r="154" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="M154" s="132"/>
       <c r="N154" s="132"/>
-      <c r="Q154" s="292"/>
-[...1 lines deleted...]
-      <c r="T154" s="215"/>
+      <c r="Q154" s="150"/>
+      <c r="S154" s="154"/>
+      <c r="T154" s="155"/>
     </row>
     <row r="155" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B155" s="23" t="s">
         <v>137</v>
       </c>
       <c r="C155" s="14"/>
       <c r="D155" s="13"/>
       <c r="E155" s="13"/>
       <c r="F155" s="13"/>
       <c r="G155" s="13"/>
       <c r="H155" s="13"/>
       <c r="I155" s="13"/>
       <c r="J155" s="13"/>
       <c r="K155" s="14"/>
       <c r="L155" s="14"/>
       <c r="M155" s="104">
         <f>M143-M153</f>
         <v>0</v>
       </c>
       <c r="N155" s="104">
         <f>N143-N153</f>
         <v>0</v>
       </c>
-      <c r="Q155" s="292"/>
-[...1 lines deleted...]
-      <c r="T155" s="217"/>
+      <c r="Q155" s="150"/>
+      <c r="S155" s="156"/>
+      <c r="T155" s="157"/>
     </row>
     <row r="156" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="M156" s="132"/>
       <c r="N156" s="132"/>
-      <c r="Q156" s="292"/>
-      <c r="S156" s="207" t="s">
+      <c r="Q156" s="150"/>
+      <c r="S156" s="152" t="s">
         <v>138</v>
       </c>
-      <c r="T156" s="213"/>
+      <c r="T156" s="153"/>
     </row>
     <row r="157" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B157" s="3" t="s">
         <v>139</v>
       </c>
       <c r="M157" s="132"/>
       <c r="N157" s="132"/>
-      <c r="Q157" s="292"/>
-[...1 lines deleted...]
-      <c r="T157" s="215"/>
+      <c r="Q157" s="150"/>
+      <c r="S157" s="154"/>
+      <c r="T157" s="155"/>
     </row>
     <row r="158" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B158" s="3" t="s">
         <v>123</v>
       </c>
       <c r="M158" s="132"/>
       <c r="N158" s="132"/>
-      <c r="Q158" s="292"/>
-[...1 lines deleted...]
-      <c r="T158" s="215"/>
+      <c r="Q158" s="150"/>
+      <c r="S158" s="154"/>
+      <c r="T158" s="155"/>
     </row>
     <row r="159" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B159" s="1" t="s">
         <v>140</v>
       </c>
       <c r="M159" s="127">
         <v>0</v>
       </c>
       <c r="N159" s="127">
         <v>0</v>
       </c>
-      <c r="Q159" s="292"/>
-[...1 lines deleted...]
-      <c r="T159" s="215"/>
+      <c r="Q159" s="150"/>
+      <c r="S159" s="154"/>
+      <c r="T159" s="155"/>
     </row>
     <row r="160" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B160" s="1" t="s">
         <v>141</v>
       </c>
       <c r="M160" s="127">
         <v>0</v>
       </c>
       <c r="N160" s="127">
         <v>0</v>
       </c>
-      <c r="Q160" s="292"/>
-[...1 lines deleted...]
-      <c r="T160" s="215"/>
+      <c r="Q160" s="150"/>
+      <c r="S160" s="154"/>
+      <c r="T160" s="155"/>
     </row>
     <row r="161" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B161" s="1" t="s">
         <v>142</v>
       </c>
       <c r="M161" s="127">
         <v>0</v>
       </c>
       <c r="N161" s="127">
         <v>0</v>
       </c>
-      <c r="Q161" s="292"/>
-[...1 lines deleted...]
-      <c r="T161" s="215"/>
+      <c r="Q161" s="150"/>
+      <c r="S161" s="154"/>
+      <c r="T161" s="155"/>
     </row>
     <row r="162" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B162" s="1" t="s">
         <v>143</v>
       </c>
       <c r="M162" s="127">
         <v>0</v>
       </c>
       <c r="N162" s="127">
         <v>0</v>
       </c>
-      <c r="Q162" s="292"/>
-[...1 lines deleted...]
-      <c r="T162" s="215"/>
+      <c r="Q162" s="150"/>
+      <c r="S162" s="154"/>
+      <c r="T162" s="155"/>
     </row>
     <row r="163" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="M163" s="132"/>
       <c r="N163" s="132"/>
-      <c r="Q163" s="292"/>
-[...1 lines deleted...]
-      <c r="T163" s="215"/>
+      <c r="Q163" s="150"/>
+      <c r="S163" s="154"/>
+      <c r="T163" s="155"/>
     </row>
     <row r="164" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B164" s="3" t="s">
         <v>128</v>
       </c>
       <c r="M164" s="132"/>
       <c r="N164" s="132"/>
-      <c r="Q164" s="292"/>
-[...1 lines deleted...]
-      <c r="T164" s="215"/>
+      <c r="Q164" s="150"/>
+      <c r="S164" s="154"/>
+      <c r="T164" s="155"/>
     </row>
     <row r="165" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B165" s="1" t="s">
         <v>144</v>
       </c>
       <c r="M165" s="127">
         <v>0</v>
       </c>
       <c r="N165" s="127">
         <v>0</v>
       </c>
-      <c r="Q165" s="292"/>
-[...1 lines deleted...]
-      <c r="T165" s="215"/>
+      <c r="Q165" s="150"/>
+      <c r="S165" s="154"/>
+      <c r="T165" s="155"/>
     </row>
     <row r="166" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B166" s="1" t="s">
         <v>145</v>
       </c>
       <c r="M166" s="127">
         <v>0</v>
       </c>
       <c r="N166" s="127">
         <v>0</v>
       </c>
-      <c r="Q166" s="292"/>
-[...1 lines deleted...]
-      <c r="T166" s="215"/>
+      <c r="Q166" s="150"/>
+      <c r="S166" s="154"/>
+      <c r="T166" s="155"/>
     </row>
     <row r="167" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B167" s="1" t="s">
         <v>146</v>
       </c>
       <c r="M167" s="127">
         <v>0</v>
       </c>
       <c r="N167" s="127">
         <v>0</v>
       </c>
-      <c r="Q167" s="292"/>
-[...1 lines deleted...]
-      <c r="T167" s="215"/>
+      <c r="Q167" s="150"/>
+      <c r="S167" s="154"/>
+      <c r="T167" s="155"/>
     </row>
     <row r="168" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B168" s="1" t="s">
         <v>147</v>
       </c>
       <c r="M168" s="127">
         <v>0</v>
       </c>
       <c r="N168" s="127">
         <v>0</v>
       </c>
-      <c r="Q168" s="292"/>
-[...1 lines deleted...]
-      <c r="T168" s="215"/>
+      <c r="Q168" s="150"/>
+      <c r="S168" s="154"/>
+      <c r="T168" s="155"/>
     </row>
     <row r="169" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="M169" s="132"/>
       <c r="N169" s="132"/>
-      <c r="Q169" s="292"/>
-[...1 lines deleted...]
-      <c r="T169" s="215"/>
+      <c r="Q169" s="150"/>
+      <c r="S169" s="154"/>
+      <c r="T169" s="155"/>
     </row>
     <row r="170" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B170" s="23" t="s">
         <v>148</v>
       </c>
       <c r="C170" s="14"/>
       <c r="D170" s="13"/>
       <c r="E170" s="13"/>
       <c r="F170" s="13"/>
       <c r="G170" s="13"/>
       <c r="H170" s="13"/>
       <c r="I170" s="13"/>
       <c r="J170" s="13"/>
       <c r="K170" s="14"/>
       <c r="L170" s="14"/>
       <c r="M170" s="104">
         <f>SUM(M159:M162)-SUM(M165:M168)</f>
         <v>0</v>
       </c>
       <c r="N170" s="104">
         <f>SUM(N159:N162)-SUM(N165:N168)</f>
         <v>0</v>
       </c>
-      <c r="Q170" s="292"/>
-[...1 lines deleted...]
-      <c r="T170" s="217"/>
+      <c r="Q170" s="150"/>
+      <c r="S170" s="156"/>
+      <c r="T170" s="157"/>
     </row>
     <row r="171" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="M171" s="132"/>
       <c r="N171" s="132"/>
-      <c r="Q171" s="292"/>
-      <c r="R171" s="227" t="str">
+      <c r="Q171" s="150"/>
+      <c r="R171" s="278" t="str">
         <f>IF(M174-M84=0,IF(N174-N84=0,"OK","Last year closing cash does not equal figure in statement of financial position"),"Current year closing cash does not equal figure in statement of financial position")</f>
         <v>OK</v>
       </c>
-      <c r="S171" s="207" t="s">
+      <c r="S171" s="152" t="s">
         <v>149</v>
       </c>
-      <c r="T171" s="213"/>
+      <c r="T171" s="153"/>
     </row>
     <row r="172" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B172" s="3" t="s">
         <v>150</v>
       </c>
       <c r="M172" s="105">
         <f>M155+M170</f>
         <v>0</v>
       </c>
       <c r="N172" s="105">
         <f>N155+N170</f>
         <v>0</v>
       </c>
-      <c r="Q172" s="292"/>
-[...2 lines deleted...]
-      <c r="T172" s="215"/>
+      <c r="Q172" s="150"/>
+      <c r="R172" s="279"/>
+      <c r="S172" s="154"/>
+      <c r="T172" s="155"/>
     </row>
     <row r="173" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B173" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C173" s="3"/>
       <c r="D173" s="25"/>
       <c r="E173" s="25"/>
       <c r="F173" s="25"/>
       <c r="G173" s="25"/>
       <c r="H173" s="25"/>
       <c r="I173" s="25"/>
       <c r="J173" s="25"/>
       <c r="K173" s="3"/>
       <c r="L173" s="3"/>
       <c r="M173" s="106">
         <f>N174</f>
         <v>0</v>
       </c>
       <c r="N173" s="107">
         <v>0</v>
       </c>
-      <c r="Q173" s="292"/>
-[...2 lines deleted...]
-      <c r="T173" s="215"/>
+      <c r="Q173" s="150"/>
+      <c r="R173" s="279"/>
+      <c r="S173" s="154"/>
+      <c r="T173" s="155"/>
     </row>
     <row r="174" spans="2:20" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B174" s="8" t="s">
         <v>152</v>
       </c>
       <c r="C174" s="8"/>
       <c r="D174" s="24"/>
       <c r="E174" s="24"/>
       <c r="F174" s="24"/>
       <c r="G174" s="24"/>
       <c r="H174" s="24"/>
       <c r="I174" s="24"/>
       <c r="J174" s="24"/>
       <c r="K174" s="8"/>
       <c r="L174" s="8"/>
       <c r="M174" s="108">
         <f>M172+M173</f>
         <v>0</v>
       </c>
       <c r="N174" s="108">
         <f>N172+N173</f>
         <v>0</v>
       </c>
-      <c r="Q174" s="293"/>
-[...2 lines deleted...]
-      <c r="T174" s="217"/>
+      <c r="Q174" s="151"/>
+      <c r="R174" s="280"/>
+      <c r="S174" s="156"/>
+      <c r="T174" s="157"/>
     </row>
     <row r="175" spans="2:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.3"/>
     <row r="176" spans="2:20" ht="11.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B176" s="36"/>
       <c r="C176" s="36"/>
       <c r="D176" s="36"/>
       <c r="E176" s="36"/>
       <c r="F176" s="36"/>
       <c r="G176" s="36"/>
       <c r="H176" s="36"/>
       <c r="I176" s="36"/>
       <c r="J176" s="36"/>
       <c r="K176" s="36"/>
       <c r="L176" s="36"/>
       <c r="M176" s="36"/>
       <c r="N176" s="36"/>
     </row>
     <row r="177" spans="2:20" ht="11.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B177" s="36"/>
       <c r="C177" s="36"/>
       <c r="D177" s="36"/>
       <c r="E177" s="36"/>
       <c r="F177" s="36"/>
       <c r="G177" s="36"/>
       <c r="H177" s="36"/>
       <c r="I177" s="36"/>
       <c r="J177" s="36"/>
       <c r="K177" s="36"/>
       <c r="L177" s="36"/>
       <c r="M177" s="36"/>
       <c r="N177" s="36"/>
     </row>
     <row r="179" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B179" s="145" t="s">
+      <c r="B179" s="205" t="s">
         <v>153</v>
       </c>
-      <c r="C179" s="145"/>
-[...10 lines deleted...]
-      <c r="N179" s="145"/>
+      <c r="C179" s="205"/>
+      <c r="D179" s="205"/>
+      <c r="E179" s="205"/>
+      <c r="F179" s="205"/>
+      <c r="G179" s="205"/>
+      <c r="H179" s="205"/>
+      <c r="I179" s="205"/>
+      <c r="J179" s="205"/>
+      <c r="K179" s="205"/>
+      <c r="L179" s="205"/>
+      <c r="M179" s="205"/>
+      <c r="N179" s="205"/>
     </row>
     <row r="180" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B180" s="3"/>
     </row>
     <row r="181" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B181" s="28" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="182" spans="2:20" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B182" s="150" t="s">
+      <c r="B182" s="228" t="s">
         <v>155</v>
       </c>
       <c r="C182" s="246"/>
       <c r="D182" s="246"/>
       <c r="E182" s="246"/>
       <c r="F182" s="246"/>
       <c r="G182" s="246"/>
       <c r="H182" s="246"/>
       <c r="I182" s="246"/>
       <c r="J182" s="246"/>
       <c r="K182" s="246"/>
       <c r="L182" s="246"/>
       <c r="M182" s="246"/>
-      <c r="N182" s="151"/>
+      <c r="N182" s="229"/>
       <c r="Q182" s="73" t="s">
         <v>19</v>
       </c>
-      <c r="S182" s="203" t="s">
+      <c r="S182" s="165" t="s">
         <v>156</v>
       </c>
-      <c r="T182" s="305"/>
+      <c r="T182" s="166"/>
     </row>
     <row r="183" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B183" s="3"/>
       <c r="Q183" s="53"/>
     </row>
     <row r="184" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B184" s="28" t="s">
         <v>157</v>
       </c>
       <c r="Q184" s="53"/>
     </row>
     <row r="185" spans="2:20" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B185" s="150" t="s">
+      <c r="B185" s="228" t="s">
         <v>158</v>
       </c>
       <c r="C185" s="246"/>
       <c r="D185" s="246"/>
       <c r="E185" s="246"/>
       <c r="F185" s="246"/>
       <c r="G185" s="246"/>
       <c r="H185" s="246"/>
       <c r="I185" s="246"/>
       <c r="J185" s="246"/>
       <c r="K185" s="246"/>
       <c r="L185" s="246"/>
       <c r="M185" s="246"/>
-      <c r="N185" s="151"/>
+      <c r="N185" s="229"/>
       <c r="Q185" s="73" t="s">
         <v>159</v>
       </c>
-      <c r="S185" s="203" t="s">
+      <c r="S185" s="165" t="s">
         <v>160</v>
       </c>
-      <c r="T185" s="305"/>
+      <c r="T185" s="166"/>
     </row>
     <row r="186" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B186" s="3"/>
       <c r="Q186" s="53"/>
     </row>
     <row r="187" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B187" s="28" t="s">
         <v>161</v>
       </c>
       <c r="D187" s="1"/>
       <c r="E187" s="1"/>
       <c r="F187" s="1"/>
       <c r="G187" s="1"/>
       <c r="H187" s="1"/>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="Q187" s="53"/>
     </row>
     <row r="188" spans="2:20" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B188" s="247" t="str">
         <f>C3&amp;" is wholly exempt from New Zealand income tax having fully complied with all statutory conditions for these exemptions."</f>
         <v xml:space="preserve"> is wholly exempt from New Zealand income tax having fully complied with all statutory conditions for these exemptions.</v>
       </c>
       <c r="C188" s="248"/>
       <c r="D188" s="248"/>
       <c r="E188" s="248"/>
       <c r="F188" s="248"/>
       <c r="G188" s="248"/>
       <c r="H188" s="248"/>
       <c r="I188" s="248"/>
       <c r="J188" s="248"/>
       <c r="K188" s="248"/>
       <c r="L188" s="248"/>
       <c r="M188" s="248"/>
       <c r="N188" s="249"/>
       <c r="Q188" s="75" t="s">
         <v>29</v>
       </c>
-      <c r="S188" s="304" t="s">
+      <c r="S188" s="184" t="s">
         <v>162</v>
       </c>
-      <c r="T188" s="204"/>
+      <c r="T188" s="185"/>
     </row>
     <row r="189" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B189" s="3"/>
       <c r="Q189" s="53"/>
     </row>
     <row r="190" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B190" s="28" t="s">
         <v>85</v>
       </c>
       <c r="D190" s="1"/>
       <c r="E190" s="1"/>
       <c r="F190" s="1"/>
       <c r="G190" s="1"/>
       <c r="H190" s="1"/>
       <c r="I190" s="1"/>
       <c r="J190" s="1"/>
       <c r="Q190" s="53"/>
     </row>
     <row r="191" spans="2:20" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B191" s="247" t="s">
         <v>163</v>
       </c>
       <c r="C191" s="248"/>
       <c r="D191" s="248"/>
       <c r="E191" s="248"/>
       <c r="F191" s="248"/>
       <c r="G191" s="248"/>
       <c r="H191" s="248"/>
       <c r="I191" s="248"/>
       <c r="J191" s="248"/>
       <c r="K191" s="248"/>
       <c r="L191" s="248"/>
       <c r="M191" s="248"/>
       <c r="N191" s="249"/>
       <c r="Q191" s="75" t="s">
         <v>29</v>
       </c>
-      <c r="S191" s="304" t="s">
+      <c r="S191" s="184" t="s">
         <v>162</v>
       </c>
-      <c r="T191" s="204"/>
+      <c r="T191" s="185"/>
     </row>
     <row r="192" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B192" s="10"/>
       <c r="Q192" s="53"/>
     </row>
     <row r="193" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B193" s="80" t="s">
         <v>164</v>
       </c>
       <c r="D193" s="1"/>
       <c r="E193" s="1"/>
       <c r="F193" s="1"/>
       <c r="G193" s="1"/>
       <c r="H193" s="1"/>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="Q193" s="53"/>
     </row>
     <row r="194" spans="2:20" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B194" s="150"/>
+      <c r="B194" s="228"/>
       <c r="C194" s="246"/>
       <c r="D194" s="246"/>
       <c r="E194" s="246"/>
       <c r="F194" s="246"/>
       <c r="G194" s="246"/>
       <c r="H194" s="246"/>
       <c r="I194" s="246"/>
       <c r="J194" s="246"/>
       <c r="K194" s="246"/>
       <c r="L194" s="246"/>
       <c r="M194" s="246"/>
-      <c r="N194" s="151"/>
+      <c r="N194" s="229"/>
       <c r="Q194" s="74" t="s">
         <v>165</v>
       </c>
-      <c r="S194" s="304" t="s">
+      <c r="S194" s="184" t="s">
         <v>166</v>
       </c>
-      <c r="T194" s="204"/>
+      <c r="T194" s="185"/>
     </row>
     <row r="195" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B195" s="10"/>
       <c r="Q195" s="53"/>
     </row>
     <row r="196" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B196" s="80" t="s">
         <v>164</v>
       </c>
       <c r="D196" s="1"/>
       <c r="E196" s="1"/>
       <c r="F196" s="1"/>
       <c r="G196" s="1"/>
       <c r="H196" s="1"/>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
       <c r="Q196" s="53"/>
     </row>
     <row r="197" spans="2:20" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B197" s="150"/>
+      <c r="B197" s="228"/>
       <c r="C197" s="246"/>
       <c r="D197" s="246"/>
       <c r="E197" s="246"/>
       <c r="F197" s="246"/>
       <c r="G197" s="246"/>
       <c r="H197" s="246"/>
       <c r="I197" s="246"/>
       <c r="J197" s="246"/>
       <c r="K197" s="246"/>
       <c r="L197" s="246"/>
       <c r="M197" s="246"/>
-      <c r="N197" s="151"/>
+      <c r="N197" s="229"/>
       <c r="Q197" s="74" t="s">
         <v>165</v>
       </c>
-      <c r="S197" s="304" t="s">
+      <c r="S197" s="184" t="s">
         <v>166</v>
       </c>
-      <c r="T197" s="204"/>
+      <c r="T197" s="185"/>
     </row>
     <row r="198" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B198" s="10"/>
       <c r="Q198" s="53"/>
     </row>
     <row r="199" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B199" s="28" t="s">
         <v>167</v>
       </c>
       <c r="D199" s="1"/>
       <c r="E199" s="1"/>
       <c r="F199" s="1"/>
       <c r="G199" s="1"/>
       <c r="H199" s="1"/>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
       <c r="Q199" s="53"/>
     </row>
     <row r="200" spans="2:20" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B200" s="150"/>
+      <c r="B200" s="228"/>
       <c r="C200" s="246"/>
       <c r="D200" s="246"/>
       <c r="E200" s="246"/>
       <c r="F200" s="246"/>
       <c r="G200" s="246"/>
       <c r="H200" s="246"/>
       <c r="I200" s="246"/>
       <c r="J200" s="246"/>
       <c r="K200" s="246"/>
       <c r="L200" s="246"/>
       <c r="M200" s="246"/>
-      <c r="N200" s="151"/>
+      <c r="N200" s="229"/>
       <c r="Q200" s="74" t="s">
         <v>165</v>
       </c>
-      <c r="S200" s="203" t="s">
+      <c r="S200" s="165" t="s">
         <v>168</v>
       </c>
-      <c r="T200" s="305"/>
+      <c r="T200" s="166"/>
     </row>
     <row r="201" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B201" s="10"/>
       <c r="Q201" s="53"/>
     </row>
     <row r="202" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B202" s="28" t="s">
         <v>169</v>
       </c>
       <c r="Q202" s="53"/>
     </row>
     <row r="203" spans="2:20" ht="33.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B203" s="150" t="s">
+      <c r="B203" s="228" t="s">
         <v>170</v>
       </c>
       <c r="C203" s="246"/>
       <c r="D203" s="246"/>
       <c r="E203" s="246"/>
       <c r="F203" s="246"/>
       <c r="G203" s="246"/>
       <c r="H203" s="246"/>
       <c r="I203" s="246"/>
       <c r="J203" s="246"/>
       <c r="K203" s="246"/>
       <c r="L203" s="246"/>
       <c r="M203" s="246"/>
-      <c r="N203" s="151"/>
+      <c r="N203" s="229"/>
       <c r="Q203" s="73" t="s">
         <v>19</v>
       </c>
-      <c r="S203" s="203" t="s">
+      <c r="S203" s="165" t="s">
         <v>171</v>
       </c>
-      <c r="T203" s="204"/>
+      <c r="T203" s="185"/>
     </row>
     <row r="204" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B204" s="10"/>
     </row>
     <row r="205" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B205" s="10"/>
     </row>
     <row r="206" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B206" s="145" t="s">
+      <c r="B206" s="205" t="s">
         <v>172</v>
       </c>
-      <c r="C206" s="145"/>
-[...10 lines deleted...]
-      <c r="N206" s="145"/>
+      <c r="C206" s="205"/>
+      <c r="D206" s="205"/>
+      <c r="E206" s="205"/>
+      <c r="F206" s="205"/>
+      <c r="G206" s="205"/>
+      <c r="H206" s="205"/>
+      <c r="I206" s="205"/>
+      <c r="J206" s="205"/>
+      <c r="K206" s="205"/>
+      <c r="L206" s="205"/>
+      <c r="M206" s="205"/>
+      <c r="N206" s="205"/>
     </row>
     <row r="207" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B207" s="10"/>
     </row>
     <row r="208" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B208" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C208" s="251" t="s">
+      <c r="C208" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D208" s="251"/>
-[...7 lines deleted...]
-      <c r="L208" s="251"/>
+      <c r="D208" s="208"/>
+      <c r="E208" s="208"/>
+      <c r="F208" s="208"/>
+      <c r="G208" s="208"/>
+      <c r="H208" s="208"/>
+      <c r="I208" s="208"/>
+      <c r="J208" s="208"/>
+      <c r="K208" s="208"/>
+      <c r="L208" s="208"/>
       <c r="M208" s="30" t="s">
         <v>48</v>
       </c>
       <c r="N208" s="30" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="209" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B209" s="252" t="s">
+      <c r="B209" s="206" t="s">
         <v>61</v>
       </c>
-      <c r="C209" s="253"/>
-[...8 lines deleted...]
-      <c r="L209" s="253"/>
+      <c r="C209" s="207"/>
+      <c r="D209" s="207"/>
+      <c r="E209" s="207"/>
+      <c r="F209" s="207"/>
+      <c r="G209" s="207"/>
+      <c r="H209" s="207"/>
+      <c r="I209" s="207"/>
+      <c r="J209" s="207"/>
+      <c r="K209" s="207"/>
+      <c r="L209" s="207"/>
       <c r="M209" s="135"/>
       <c r="N209" s="135"/>
-      <c r="Q209" s="300" t="s">
+      <c r="Q209" s="167" t="s">
         <v>29</v>
       </c>
-      <c r="S209" s="207" t="s">
+      <c r="S209" s="152" t="s">
         <v>175</v>
       </c>
-      <c r="T209" s="208"/>
+      <c r="T209" s="160"/>
     </row>
     <row r="210" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B210" s="252"/>
-[...9 lines deleted...]
-      <c r="L210" s="253"/>
+      <c r="B210" s="206"/>
+      <c r="C210" s="207"/>
+      <c r="D210" s="207"/>
+      <c r="E210" s="207"/>
+      <c r="F210" s="207"/>
+      <c r="G210" s="207"/>
+      <c r="H210" s="207"/>
+      <c r="I210" s="207"/>
+      <c r="J210" s="207"/>
+      <c r="K210" s="207"/>
+      <c r="L210" s="207"/>
       <c r="M210" s="135"/>
       <c r="N210" s="135"/>
-      <c r="Q210" s="301"/>
-[...1 lines deleted...]
-      <c r="T210" s="210"/>
+      <c r="Q210" s="168"/>
+      <c r="S210" s="161"/>
+      <c r="T210" s="162"/>
     </row>
     <row r="211" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B211" s="252"/>
-[...9 lines deleted...]
-      <c r="L211" s="253"/>
+      <c r="B211" s="206"/>
+      <c r="C211" s="207"/>
+      <c r="D211" s="207"/>
+      <c r="E211" s="207"/>
+      <c r="F211" s="207"/>
+      <c r="G211" s="207"/>
+      <c r="H211" s="207"/>
+      <c r="I211" s="207"/>
+      <c r="J211" s="207"/>
+      <c r="K211" s="207"/>
+      <c r="L211" s="207"/>
       <c r="M211" s="135"/>
       <c r="N211" s="135"/>
-      <c r="Q211" s="301"/>
-[...1 lines deleted...]
-      <c r="T211" s="210"/>
+      <c r="Q211" s="168"/>
+      <c r="S211" s="161"/>
+      <c r="T211" s="162"/>
     </row>
     <row r="212" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B212" s="252"/>
-[...9 lines deleted...]
-      <c r="L212" s="253"/>
+      <c r="B212" s="206"/>
+      <c r="C212" s="207"/>
+      <c r="D212" s="207"/>
+      <c r="E212" s="207"/>
+      <c r="F212" s="207"/>
+      <c r="G212" s="207"/>
+      <c r="H212" s="207"/>
+      <c r="I212" s="207"/>
+      <c r="J212" s="207"/>
+      <c r="K212" s="207"/>
+      <c r="L212" s="207"/>
       <c r="M212" s="135"/>
       <c r="N212" s="135"/>
-      <c r="Q212" s="301"/>
-[...1 lines deleted...]
-      <c r="T212" s="210"/>
+      <c r="Q212" s="168"/>
+      <c r="S212" s="161"/>
+      <c r="T212" s="162"/>
     </row>
     <row r="213" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B213" s="252"/>
-[...9 lines deleted...]
-      <c r="L213" s="253"/>
+      <c r="B213" s="206"/>
+      <c r="C213" s="207"/>
+      <c r="D213" s="207"/>
+      <c r="E213" s="207"/>
+      <c r="F213" s="207"/>
+      <c r="G213" s="207"/>
+      <c r="H213" s="207"/>
+      <c r="I213" s="207"/>
+      <c r="J213" s="207"/>
+      <c r="K213" s="207"/>
+      <c r="L213" s="207"/>
       <c r="M213" s="135"/>
       <c r="N213" s="135"/>
-      <c r="Q213" s="301"/>
-[...1 lines deleted...]
-      <c r="T213" s="210"/>
+      <c r="Q213" s="168"/>
+      <c r="S213" s="161"/>
+      <c r="T213" s="162"/>
     </row>
     <row r="214" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B214" s="252"/>
-[...9 lines deleted...]
-      <c r="L214" s="253"/>
+      <c r="B214" s="206"/>
+      <c r="C214" s="207"/>
+      <c r="D214" s="207"/>
+      <c r="E214" s="207"/>
+      <c r="F214" s="207"/>
+      <c r="G214" s="207"/>
+      <c r="H214" s="207"/>
+      <c r="I214" s="207"/>
+      <c r="J214" s="207"/>
+      <c r="K214" s="207"/>
+      <c r="L214" s="207"/>
       <c r="M214" s="135"/>
       <c r="N214" s="135"/>
-      <c r="Q214" s="301"/>
-[...1 lines deleted...]
-      <c r="T214" s="210"/>
+      <c r="Q214" s="168"/>
+      <c r="S214" s="161"/>
+      <c r="T214" s="162"/>
     </row>
     <row r="215" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B215" s="252"/>
-[...9 lines deleted...]
-      <c r="L215" s="253"/>
+      <c r="B215" s="206"/>
+      <c r="C215" s="207"/>
+      <c r="D215" s="207"/>
+      <c r="E215" s="207"/>
+      <c r="F215" s="207"/>
+      <c r="G215" s="207"/>
+      <c r="H215" s="207"/>
+      <c r="I215" s="207"/>
+      <c r="J215" s="207"/>
+      <c r="K215" s="207"/>
+      <c r="L215" s="207"/>
       <c r="M215" s="135"/>
       <c r="N215" s="135"/>
-      <c r="Q215" s="301"/>
-[...1 lines deleted...]
-      <c r="T215" s="210"/>
+      <c r="Q215" s="168"/>
+      <c r="S215" s="161"/>
+      <c r="T215" s="162"/>
     </row>
     <row r="216" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B216" s="10"/>
-      <c r="C216" s="250" t="s">
+      <c r="C216" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D216" s="250"/>
-[...7 lines deleted...]
-      <c r="L216" s="250"/>
+      <c r="D216" s="204"/>
+      <c r="E216" s="204"/>
+      <c r="F216" s="204"/>
+      <c r="G216" s="204"/>
+      <c r="H216" s="204"/>
+      <c r="I216" s="204"/>
+      <c r="J216" s="204"/>
+      <c r="K216" s="204"/>
+      <c r="L216" s="204"/>
       <c r="M216" s="110">
         <f>SUM(M209:M215)</f>
         <v>0</v>
       </c>
       <c r="N216" s="110">
         <f>SUM(N209:N215)</f>
         <v>0</v>
       </c>
-      <c r="Q216" s="301"/>
+      <c r="Q216" s="168"/>
       <c r="R216" s="27" t="str">
         <f>IF(VLOOKUP(B209,$B$53:$M$61,12,FALSE)-M216=0,IF(VLOOKUP(B209,$B$53:$N$61,13,FALSE)-N216=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S216" s="209"/>
-      <c r="T216" s="210"/>
+      <c r="S216" s="161"/>
+      <c r="T216" s="162"/>
     </row>
     <row r="217" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B217" s="10"/>
       <c r="M217" s="136"/>
       <c r="N217" s="136"/>
-      <c r="Q217" s="301"/>
-[...1 lines deleted...]
-      <c r="T217" s="210"/>
+      <c r="Q217" s="168"/>
+      <c r="S217" s="161"/>
+      <c r="T217" s="162"/>
     </row>
     <row r="218" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B218" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C218" s="251" t="s">
+      <c r="C218" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D218" s="251"/>
-[...7 lines deleted...]
-      <c r="L218" s="251"/>
+      <c r="D218" s="208"/>
+      <c r="E218" s="208"/>
+      <c r="F218" s="208"/>
+      <c r="G218" s="208"/>
+      <c r="H218" s="208"/>
+      <c r="I218" s="208"/>
+      <c r="J218" s="208"/>
+      <c r="K218" s="208"/>
+      <c r="L218" s="208"/>
       <c r="M218" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N218" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q218" s="301"/>
-[...1 lines deleted...]
-      <c r="T218" s="210"/>
+      <c r="Q218" s="168"/>
+      <c r="S218" s="161"/>
+      <c r="T218" s="162"/>
     </row>
     <row r="219" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B219" s="252" t="s">
+      <c r="B219" s="206" t="s">
         <v>62</v>
       </c>
-      <c r="C219" s="253"/>
-[...8 lines deleted...]
-      <c r="L219" s="253"/>
+      <c r="C219" s="207"/>
+      <c r="D219" s="207"/>
+      <c r="E219" s="207"/>
+      <c r="F219" s="207"/>
+      <c r="G219" s="207"/>
+      <c r="H219" s="207"/>
+      <c r="I219" s="207"/>
+      <c r="J219" s="207"/>
+      <c r="K219" s="207"/>
+      <c r="L219" s="207"/>
       <c r="M219" s="135"/>
       <c r="N219" s="135"/>
-      <c r="Q219" s="301"/>
-[...1 lines deleted...]
-      <c r="T219" s="210"/>
+      <c r="Q219" s="168"/>
+      <c r="S219" s="161"/>
+      <c r="T219" s="162"/>
     </row>
     <row r="220" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B220" s="252"/>
-[...9 lines deleted...]
-      <c r="L220" s="253"/>
+      <c r="B220" s="206"/>
+      <c r="C220" s="207"/>
+      <c r="D220" s="207"/>
+      <c r="E220" s="207"/>
+      <c r="F220" s="207"/>
+      <c r="G220" s="207"/>
+      <c r="H220" s="207"/>
+      <c r="I220" s="207"/>
+      <c r="J220" s="207"/>
+      <c r="K220" s="207"/>
+      <c r="L220" s="207"/>
       <c r="M220" s="135"/>
       <c r="N220" s="135"/>
-      <c r="Q220" s="301"/>
-[...1 lines deleted...]
-      <c r="T220" s="210"/>
+      <c r="Q220" s="168"/>
+      <c r="S220" s="161"/>
+      <c r="T220" s="162"/>
     </row>
     <row r="221" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B221" s="252"/>
-[...9 lines deleted...]
-      <c r="L221" s="253"/>
+      <c r="B221" s="206"/>
+      <c r="C221" s="207"/>
+      <c r="D221" s="207"/>
+      <c r="E221" s="207"/>
+      <c r="F221" s="207"/>
+      <c r="G221" s="207"/>
+      <c r="H221" s="207"/>
+      <c r="I221" s="207"/>
+      <c r="J221" s="207"/>
+      <c r="K221" s="207"/>
+      <c r="L221" s="207"/>
       <c r="M221" s="135"/>
       <c r="N221" s="135"/>
-      <c r="Q221" s="301"/>
-[...1 lines deleted...]
-      <c r="T221" s="210"/>
+      <c r="Q221" s="168"/>
+      <c r="S221" s="161"/>
+      <c r="T221" s="162"/>
     </row>
     <row r="222" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B222" s="252"/>
-[...9 lines deleted...]
-      <c r="L222" s="253"/>
+      <c r="B222" s="206"/>
+      <c r="C222" s="207"/>
+      <c r="D222" s="207"/>
+      <c r="E222" s="207"/>
+      <c r="F222" s="207"/>
+      <c r="G222" s="207"/>
+      <c r="H222" s="207"/>
+      <c r="I222" s="207"/>
+      <c r="J222" s="207"/>
+      <c r="K222" s="207"/>
+      <c r="L222" s="207"/>
       <c r="M222" s="135"/>
       <c r="N222" s="135"/>
-      <c r="Q222" s="301"/>
-[...1 lines deleted...]
-      <c r="T222" s="210"/>
+      <c r="Q222" s="168"/>
+      <c r="S222" s="161"/>
+      <c r="T222" s="162"/>
     </row>
     <row r="223" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B223" s="252"/>
-[...9 lines deleted...]
-      <c r="L223" s="253"/>
+      <c r="B223" s="206"/>
+      <c r="C223" s="207"/>
+      <c r="D223" s="207"/>
+      <c r="E223" s="207"/>
+      <c r="F223" s="207"/>
+      <c r="G223" s="207"/>
+      <c r="H223" s="207"/>
+      <c r="I223" s="207"/>
+      <c r="J223" s="207"/>
+      <c r="K223" s="207"/>
+      <c r="L223" s="207"/>
       <c r="M223" s="135"/>
       <c r="N223" s="135"/>
-      <c r="Q223" s="301"/>
-[...1 lines deleted...]
-      <c r="T223" s="210"/>
+      <c r="Q223" s="168"/>
+      <c r="S223" s="161"/>
+      <c r="T223" s="162"/>
     </row>
     <row r="224" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B224" s="252"/>
-[...9 lines deleted...]
-      <c r="L224" s="253"/>
+      <c r="B224" s="206"/>
+      <c r="C224" s="207"/>
+      <c r="D224" s="207"/>
+      <c r="E224" s="207"/>
+      <c r="F224" s="207"/>
+      <c r="G224" s="207"/>
+      <c r="H224" s="207"/>
+      <c r="I224" s="207"/>
+      <c r="J224" s="207"/>
+      <c r="K224" s="207"/>
+      <c r="L224" s="207"/>
       <c r="M224" s="135"/>
       <c r="N224" s="135"/>
-      <c r="Q224" s="301"/>
-[...1 lines deleted...]
-      <c r="T224" s="210"/>
+      <c r="Q224" s="168"/>
+      <c r="S224" s="161"/>
+      <c r="T224" s="162"/>
     </row>
     <row r="225" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B225" s="252"/>
-[...9 lines deleted...]
-      <c r="L225" s="253"/>
+      <c r="B225" s="206"/>
+      <c r="C225" s="207"/>
+      <c r="D225" s="207"/>
+      <c r="E225" s="207"/>
+      <c r="F225" s="207"/>
+      <c r="G225" s="207"/>
+      <c r="H225" s="207"/>
+      <c r="I225" s="207"/>
+      <c r="J225" s="207"/>
+      <c r="K225" s="207"/>
+      <c r="L225" s="207"/>
       <c r="M225" s="135"/>
       <c r="N225" s="135"/>
-      <c r="Q225" s="301"/>
-[...1 lines deleted...]
-      <c r="T225" s="210"/>
+      <c r="Q225" s="168"/>
+      <c r="S225" s="161"/>
+      <c r="T225" s="162"/>
     </row>
     <row r="226" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B226" s="10"/>
-      <c r="C226" s="250" t="s">
+      <c r="C226" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D226" s="250"/>
-[...7 lines deleted...]
-      <c r="L226" s="250"/>
+      <c r="D226" s="204"/>
+      <c r="E226" s="204"/>
+      <c r="F226" s="204"/>
+      <c r="G226" s="204"/>
+      <c r="H226" s="204"/>
+      <c r="I226" s="204"/>
+      <c r="J226" s="204"/>
+      <c r="K226" s="204"/>
+      <c r="L226" s="204"/>
       <c r="M226" s="110">
         <f>SUM(M219:M225)</f>
         <v>0</v>
       </c>
       <c r="N226" s="110">
         <f>SUM(N219:N225)</f>
         <v>0</v>
       </c>
-      <c r="Q226" s="301"/>
+      <c r="Q226" s="168"/>
       <c r="R226" s="27" t="str">
         <f>IF(VLOOKUP(B219,$B$53:$M$61,12,FALSE)-M226=0,IF(VLOOKUP(B219,$B$53:$N$61,13,FALSE)-N226=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S226" s="209"/>
-      <c r="T226" s="210"/>
+      <c r="S226" s="161"/>
+      <c r="T226" s="162"/>
     </row>
     <row r="227" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B227" s="10"/>
       <c r="M227" s="136"/>
       <c r="N227" s="136"/>
-      <c r="Q227" s="301"/>
-[...1 lines deleted...]
-      <c r="T227" s="210"/>
+      <c r="Q227" s="168"/>
+      <c r="S227" s="161"/>
+      <c r="T227" s="162"/>
     </row>
     <row r="228" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B228" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C228" s="251" t="s">
+      <c r="C228" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D228" s="251"/>
-[...7 lines deleted...]
-      <c r="L228" s="251"/>
+      <c r="D228" s="208"/>
+      <c r="E228" s="208"/>
+      <c r="F228" s="208"/>
+      <c r="G228" s="208"/>
+      <c r="H228" s="208"/>
+      <c r="I228" s="208"/>
+      <c r="J228" s="208"/>
+      <c r="K228" s="208"/>
+      <c r="L228" s="208"/>
       <c r="M228" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N228" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q228" s="301"/>
-[...1 lines deleted...]
-      <c r="T228" s="210"/>
+      <c r="Q228" s="168"/>
+      <c r="S228" s="161"/>
+      <c r="T228" s="162"/>
     </row>
     <row r="229" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B229" s="252" t="s">
+      <c r="B229" s="206" t="s">
         <v>64</v>
       </c>
-      <c r="C229" s="253"/>
-[...8 lines deleted...]
-      <c r="L229" s="253"/>
+      <c r="C229" s="207"/>
+      <c r="D229" s="207"/>
+      <c r="E229" s="207"/>
+      <c r="F229" s="207"/>
+      <c r="G229" s="207"/>
+      <c r="H229" s="207"/>
+      <c r="I229" s="207"/>
+      <c r="J229" s="207"/>
+      <c r="K229" s="207"/>
+      <c r="L229" s="207"/>
       <c r="M229" s="135"/>
       <c r="N229" s="135"/>
-      <c r="Q229" s="301"/>
-[...1 lines deleted...]
-      <c r="T229" s="210"/>
+      <c r="Q229" s="168"/>
+      <c r="S229" s="161"/>
+      <c r="T229" s="162"/>
     </row>
     <row r="230" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B230" s="252"/>
-[...9 lines deleted...]
-      <c r="L230" s="253"/>
+      <c r="B230" s="206"/>
+      <c r="C230" s="207"/>
+      <c r="D230" s="207"/>
+      <c r="E230" s="207"/>
+      <c r="F230" s="207"/>
+      <c r="G230" s="207"/>
+      <c r="H230" s="207"/>
+      <c r="I230" s="207"/>
+      <c r="J230" s="207"/>
+      <c r="K230" s="207"/>
+      <c r="L230" s="207"/>
       <c r="M230" s="135"/>
       <c r="N230" s="135"/>
-      <c r="Q230" s="301"/>
-[...1 lines deleted...]
-      <c r="T230" s="210"/>
+      <c r="Q230" s="168"/>
+      <c r="S230" s="161"/>
+      <c r="T230" s="162"/>
     </row>
     <row r="231" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B231" s="252"/>
-[...9 lines deleted...]
-      <c r="L231" s="253"/>
+      <c r="B231" s="206"/>
+      <c r="C231" s="207"/>
+      <c r="D231" s="207"/>
+      <c r="E231" s="207"/>
+      <c r="F231" s="207"/>
+      <c r="G231" s="207"/>
+      <c r="H231" s="207"/>
+      <c r="I231" s="207"/>
+      <c r="J231" s="207"/>
+      <c r="K231" s="207"/>
+      <c r="L231" s="207"/>
       <c r="M231" s="135"/>
       <c r="N231" s="135"/>
-      <c r="Q231" s="301"/>
-[...1 lines deleted...]
-      <c r="T231" s="210"/>
+      <c r="Q231" s="168"/>
+      <c r="S231" s="161"/>
+      <c r="T231" s="162"/>
     </row>
     <row r="232" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B232" s="252"/>
-[...9 lines deleted...]
-      <c r="L232" s="253"/>
+      <c r="B232" s="206"/>
+      <c r="C232" s="207"/>
+      <c r="D232" s="207"/>
+      <c r="E232" s="207"/>
+      <c r="F232" s="207"/>
+      <c r="G232" s="207"/>
+      <c r="H232" s="207"/>
+      <c r="I232" s="207"/>
+      <c r="J232" s="207"/>
+      <c r="K232" s="207"/>
+      <c r="L232" s="207"/>
       <c r="M232" s="135"/>
       <c r="N232" s="135"/>
-      <c r="Q232" s="301"/>
-[...1 lines deleted...]
-      <c r="T232" s="210"/>
+      <c r="Q232" s="168"/>
+      <c r="S232" s="161"/>
+      <c r="T232" s="162"/>
     </row>
     <row r="233" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B233" s="252"/>
-[...9 lines deleted...]
-      <c r="L233" s="253"/>
+      <c r="B233" s="206"/>
+      <c r="C233" s="207"/>
+      <c r="D233" s="207"/>
+      <c r="E233" s="207"/>
+      <c r="F233" s="207"/>
+      <c r="G233" s="207"/>
+      <c r="H233" s="207"/>
+      <c r="I233" s="207"/>
+      <c r="J233" s="207"/>
+      <c r="K233" s="207"/>
+      <c r="L233" s="207"/>
       <c r="M233" s="135"/>
       <c r="N233" s="135"/>
-      <c r="Q233" s="301"/>
-[...1 lines deleted...]
-      <c r="T233" s="210"/>
+      <c r="Q233" s="168"/>
+      <c r="S233" s="161"/>
+      <c r="T233" s="162"/>
     </row>
     <row r="234" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B234" s="252"/>
-[...9 lines deleted...]
-      <c r="L234" s="253"/>
+      <c r="B234" s="206"/>
+      <c r="C234" s="207"/>
+      <c r="D234" s="207"/>
+      <c r="E234" s="207"/>
+      <c r="F234" s="207"/>
+      <c r="G234" s="207"/>
+      <c r="H234" s="207"/>
+      <c r="I234" s="207"/>
+      <c r="J234" s="207"/>
+      <c r="K234" s="207"/>
+      <c r="L234" s="207"/>
       <c r="M234" s="135"/>
       <c r="N234" s="135"/>
-      <c r="Q234" s="301"/>
-[...1 lines deleted...]
-      <c r="T234" s="210"/>
+      <c r="Q234" s="168"/>
+      <c r="S234" s="161"/>
+      <c r="T234" s="162"/>
     </row>
     <row r="235" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B235" s="252"/>
-[...9 lines deleted...]
-      <c r="L235" s="253"/>
+      <c r="B235" s="206"/>
+      <c r="C235" s="207"/>
+      <c r="D235" s="207"/>
+      <c r="E235" s="207"/>
+      <c r="F235" s="207"/>
+      <c r="G235" s="207"/>
+      <c r="H235" s="207"/>
+      <c r="I235" s="207"/>
+      <c r="J235" s="207"/>
+      <c r="K235" s="207"/>
+      <c r="L235" s="207"/>
       <c r="M235" s="135"/>
       <c r="N235" s="135"/>
-      <c r="Q235" s="301"/>
-[...1 lines deleted...]
-      <c r="T235" s="210"/>
+      <c r="Q235" s="168"/>
+      <c r="S235" s="161"/>
+      <c r="T235" s="162"/>
     </row>
     <row r="236" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B236" s="10"/>
-      <c r="C236" s="250" t="s">
+      <c r="C236" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D236" s="250"/>
-[...7 lines deleted...]
-      <c r="L236" s="250"/>
+      <c r="D236" s="204"/>
+      <c r="E236" s="204"/>
+      <c r="F236" s="204"/>
+      <c r="G236" s="204"/>
+      <c r="H236" s="204"/>
+      <c r="I236" s="204"/>
+      <c r="J236" s="204"/>
+      <c r="K236" s="204"/>
+      <c r="L236" s="204"/>
       <c r="M236" s="110">
         <f>SUM(M229:M235)</f>
         <v>0</v>
       </c>
       <c r="N236" s="110">
         <f>SUM(N229:N235)</f>
         <v>0</v>
       </c>
-      <c r="Q236" s="301"/>
+      <c r="Q236" s="168"/>
       <c r="R236" s="27" t="str">
         <f>IF(VLOOKUP(B229,$B$53:$M$61,12,FALSE)-M236=0,IF(VLOOKUP(B229,$B$53:$N$61,13,FALSE)-N236=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S236" s="209"/>
-      <c r="T236" s="210"/>
+      <c r="S236" s="161"/>
+      <c r="T236" s="162"/>
     </row>
     <row r="237" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B237" s="10"/>
       <c r="M237" s="136"/>
       <c r="N237" s="136"/>
-      <c r="Q237" s="301"/>
-[...1 lines deleted...]
-      <c r="T237" s="210"/>
+      <c r="Q237" s="168"/>
+      <c r="S237" s="161"/>
+      <c r="T237" s="162"/>
     </row>
     <row r="238" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B238" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C238" s="251" t="s">
+      <c r="C238" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D238" s="251"/>
-[...7 lines deleted...]
-      <c r="L238" s="251"/>
+      <c r="D238" s="208"/>
+      <c r="E238" s="208"/>
+      <c r="F238" s="208"/>
+      <c r="G238" s="208"/>
+      <c r="H238" s="208"/>
+      <c r="I238" s="208"/>
+      <c r="J238" s="208"/>
+      <c r="K238" s="208"/>
+      <c r="L238" s="208"/>
       <c r="M238" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N238" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q238" s="301"/>
-[...1 lines deleted...]
-      <c r="T238" s="210"/>
+      <c r="Q238" s="168"/>
+      <c r="S238" s="161"/>
+      <c r="T238" s="162"/>
     </row>
     <row r="239" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B239" s="252" t="s">
+      <c r="B239" s="206" t="s">
         <v>66</v>
       </c>
-      <c r="C239" s="253"/>
-[...8 lines deleted...]
-      <c r="L239" s="253"/>
+      <c r="C239" s="207"/>
+      <c r="D239" s="207"/>
+      <c r="E239" s="207"/>
+      <c r="F239" s="207"/>
+      <c r="G239" s="207"/>
+      <c r="H239" s="207"/>
+      <c r="I239" s="207"/>
+      <c r="J239" s="207"/>
+      <c r="K239" s="207"/>
+      <c r="L239" s="207"/>
       <c r="M239" s="135"/>
       <c r="N239" s="135"/>
-      <c r="Q239" s="301"/>
-[...1 lines deleted...]
-      <c r="T239" s="210"/>
+      <c r="Q239" s="168"/>
+      <c r="S239" s="161"/>
+      <c r="T239" s="162"/>
     </row>
     <row r="240" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B240" s="252"/>
-[...9 lines deleted...]
-      <c r="L240" s="253"/>
+      <c r="B240" s="206"/>
+      <c r="C240" s="207"/>
+      <c r="D240" s="207"/>
+      <c r="E240" s="207"/>
+      <c r="F240" s="207"/>
+      <c r="G240" s="207"/>
+      <c r="H240" s="207"/>
+      <c r="I240" s="207"/>
+      <c r="J240" s="207"/>
+      <c r="K240" s="207"/>
+      <c r="L240" s="207"/>
       <c r="M240" s="135"/>
       <c r="N240" s="135"/>
-      <c r="Q240" s="301"/>
-[...1 lines deleted...]
-      <c r="T240" s="210"/>
+      <c r="Q240" s="168"/>
+      <c r="S240" s="161"/>
+      <c r="T240" s="162"/>
     </row>
     <row r="241" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B241" s="252"/>
-[...9 lines deleted...]
-      <c r="L241" s="253"/>
+      <c r="B241" s="206"/>
+      <c r="C241" s="207"/>
+      <c r="D241" s="207"/>
+      <c r="E241" s="207"/>
+      <c r="F241" s="207"/>
+      <c r="G241" s="207"/>
+      <c r="H241" s="207"/>
+      <c r="I241" s="207"/>
+      <c r="J241" s="207"/>
+      <c r="K241" s="207"/>
+      <c r="L241" s="207"/>
       <c r="M241" s="135"/>
       <c r="N241" s="135"/>
-      <c r="Q241" s="301"/>
-[...1 lines deleted...]
-      <c r="T241" s="210"/>
+      <c r="Q241" s="168"/>
+      <c r="S241" s="161"/>
+      <c r="T241" s="162"/>
     </row>
     <row r="242" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B242" s="252"/>
-[...9 lines deleted...]
-      <c r="L242" s="253"/>
+      <c r="B242" s="206"/>
+      <c r="C242" s="207"/>
+      <c r="D242" s="207"/>
+      <c r="E242" s="207"/>
+      <c r="F242" s="207"/>
+      <c r="G242" s="207"/>
+      <c r="H242" s="207"/>
+      <c r="I242" s="207"/>
+      <c r="J242" s="207"/>
+      <c r="K242" s="207"/>
+      <c r="L242" s="207"/>
       <c r="M242" s="135"/>
       <c r="N242" s="135"/>
-      <c r="Q242" s="301"/>
-[...1 lines deleted...]
-      <c r="T242" s="210"/>
+      <c r="Q242" s="168"/>
+      <c r="S242" s="161"/>
+      <c r="T242" s="162"/>
     </row>
     <row r="243" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B243" s="252"/>
-[...9 lines deleted...]
-      <c r="L243" s="253"/>
+      <c r="B243" s="206"/>
+      <c r="C243" s="207"/>
+      <c r="D243" s="207"/>
+      <c r="E243" s="207"/>
+      <c r="F243" s="207"/>
+      <c r="G243" s="207"/>
+      <c r="H243" s="207"/>
+      <c r="I243" s="207"/>
+      <c r="J243" s="207"/>
+      <c r="K243" s="207"/>
+      <c r="L243" s="207"/>
       <c r="M243" s="135"/>
       <c r="N243" s="135"/>
-      <c r="Q243" s="301"/>
-[...1 lines deleted...]
-      <c r="T243" s="210"/>
+      <c r="Q243" s="168"/>
+      <c r="S243" s="161"/>
+      <c r="T243" s="162"/>
     </row>
     <row r="244" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B244" s="252"/>
-[...9 lines deleted...]
-      <c r="L244" s="253"/>
+      <c r="B244" s="206"/>
+      <c r="C244" s="207"/>
+      <c r="D244" s="207"/>
+      <c r="E244" s="207"/>
+      <c r="F244" s="207"/>
+      <c r="G244" s="207"/>
+      <c r="H244" s="207"/>
+      <c r="I244" s="207"/>
+      <c r="J244" s="207"/>
+      <c r="K244" s="207"/>
+      <c r="L244" s="207"/>
       <c r="M244" s="135"/>
       <c r="N244" s="135"/>
-      <c r="Q244" s="301"/>
-[...1 lines deleted...]
-      <c r="T244" s="210"/>
+      <c r="Q244" s="168"/>
+      <c r="S244" s="161"/>
+      <c r="T244" s="162"/>
     </row>
     <row r="245" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B245" s="252"/>
-[...9 lines deleted...]
-      <c r="L245" s="253"/>
+      <c r="B245" s="206"/>
+      <c r="C245" s="207"/>
+      <c r="D245" s="207"/>
+      <c r="E245" s="207"/>
+      <c r="F245" s="207"/>
+      <c r="G245" s="207"/>
+      <c r="H245" s="207"/>
+      <c r="I245" s="207"/>
+      <c r="J245" s="207"/>
+      <c r="K245" s="207"/>
+      <c r="L245" s="207"/>
       <c r="M245" s="135"/>
       <c r="N245" s="135"/>
-      <c r="Q245" s="301"/>
-[...1 lines deleted...]
-      <c r="T245" s="210"/>
+      <c r="Q245" s="168"/>
+      <c r="S245" s="161"/>
+      <c r="T245" s="162"/>
     </row>
     <row r="246" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B246" s="10"/>
-      <c r="C246" s="250" t="s">
+      <c r="C246" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D246" s="250"/>
-[...7 lines deleted...]
-      <c r="L246" s="250"/>
+      <c r="D246" s="204"/>
+      <c r="E246" s="204"/>
+      <c r="F246" s="204"/>
+      <c r="G246" s="204"/>
+      <c r="H246" s="204"/>
+      <c r="I246" s="204"/>
+      <c r="J246" s="204"/>
+      <c r="K246" s="204"/>
+      <c r="L246" s="204"/>
       <c r="M246" s="110">
         <f>SUM(M239:M245)</f>
         <v>0</v>
       </c>
       <c r="N246" s="110">
         <f>SUM(N239:N245)</f>
         <v>0</v>
       </c>
-      <c r="Q246" s="301"/>
+      <c r="Q246" s="168"/>
       <c r="R246" s="27" t="str">
         <f>IF(VLOOKUP(B239,$B$53:$M$61,12,FALSE)-M246=0,IF(VLOOKUP(B239,$B$53:$N$61,13,FALSE)-N246=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S246" s="209"/>
-      <c r="T246" s="210"/>
+      <c r="S246" s="161"/>
+      <c r="T246" s="162"/>
     </row>
     <row r="247" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B247" s="10"/>
       <c r="M247" s="136"/>
       <c r="N247" s="136"/>
-      <c r="Q247" s="301"/>
-[...1 lines deleted...]
-      <c r="T247" s="210"/>
+      <c r="Q247" s="168"/>
+      <c r="S247" s="161"/>
+      <c r="T247" s="162"/>
     </row>
     <row r="248" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B248" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C248" s="251" t="s">
+      <c r="C248" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D248" s="251"/>
-[...7 lines deleted...]
-      <c r="L248" s="251"/>
+      <c r="D248" s="208"/>
+      <c r="E248" s="208"/>
+      <c r="F248" s="208"/>
+      <c r="G248" s="208"/>
+      <c r="H248" s="208"/>
+      <c r="I248" s="208"/>
+      <c r="J248" s="208"/>
+      <c r="K248" s="208"/>
+      <c r="L248" s="208"/>
       <c r="M248" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N248" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q248" s="301"/>
-[...1 lines deleted...]
-      <c r="T248" s="210"/>
+      <c r="Q248" s="168"/>
+      <c r="S248" s="161"/>
+      <c r="T248" s="162"/>
     </row>
     <row r="249" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B249" s="252" t="s">
+      <c r="B249" s="206" t="s">
         <v>67</v>
       </c>
-      <c r="C249" s="253"/>
-[...8 lines deleted...]
-      <c r="L249" s="253"/>
+      <c r="C249" s="207"/>
+      <c r="D249" s="207"/>
+      <c r="E249" s="207"/>
+      <c r="F249" s="207"/>
+      <c r="G249" s="207"/>
+      <c r="H249" s="207"/>
+      <c r="I249" s="207"/>
+      <c r="J249" s="207"/>
+      <c r="K249" s="207"/>
+      <c r="L249" s="207"/>
       <c r="M249" s="135"/>
       <c r="N249" s="135"/>
-      <c r="Q249" s="301"/>
-[...1 lines deleted...]
-      <c r="T249" s="210"/>
+      <c r="Q249" s="168"/>
+      <c r="S249" s="161"/>
+      <c r="T249" s="162"/>
     </row>
     <row r="250" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B250" s="252"/>
-[...9 lines deleted...]
-      <c r="L250" s="253"/>
+      <c r="B250" s="206"/>
+      <c r="C250" s="207"/>
+      <c r="D250" s="207"/>
+      <c r="E250" s="207"/>
+      <c r="F250" s="207"/>
+      <c r="G250" s="207"/>
+      <c r="H250" s="207"/>
+      <c r="I250" s="207"/>
+      <c r="J250" s="207"/>
+      <c r="K250" s="207"/>
+      <c r="L250" s="207"/>
       <c r="M250" s="135"/>
       <c r="N250" s="135"/>
-      <c r="Q250" s="301"/>
-[...1 lines deleted...]
-      <c r="T250" s="210"/>
+      <c r="Q250" s="168"/>
+      <c r="S250" s="161"/>
+      <c r="T250" s="162"/>
     </row>
     <row r="251" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B251" s="252"/>
-[...9 lines deleted...]
-      <c r="L251" s="253"/>
+      <c r="B251" s="206"/>
+      <c r="C251" s="207"/>
+      <c r="D251" s="207"/>
+      <c r="E251" s="207"/>
+      <c r="F251" s="207"/>
+      <c r="G251" s="207"/>
+      <c r="H251" s="207"/>
+      <c r="I251" s="207"/>
+      <c r="J251" s="207"/>
+      <c r="K251" s="207"/>
+      <c r="L251" s="207"/>
       <c r="M251" s="135"/>
       <c r="N251" s="135"/>
-      <c r="Q251" s="301"/>
-[...1 lines deleted...]
-      <c r="T251" s="210"/>
+      <c r="Q251" s="168"/>
+      <c r="S251" s="161"/>
+      <c r="T251" s="162"/>
     </row>
     <row r="252" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B252" s="252"/>
-[...9 lines deleted...]
-      <c r="L252" s="253"/>
+      <c r="B252" s="206"/>
+      <c r="C252" s="207"/>
+      <c r="D252" s="207"/>
+      <c r="E252" s="207"/>
+      <c r="F252" s="207"/>
+      <c r="G252" s="207"/>
+      <c r="H252" s="207"/>
+      <c r="I252" s="207"/>
+      <c r="J252" s="207"/>
+      <c r="K252" s="207"/>
+      <c r="L252" s="207"/>
       <c r="M252" s="135"/>
       <c r="N252" s="135"/>
-      <c r="Q252" s="301"/>
-[...1 lines deleted...]
-      <c r="T252" s="210"/>
+      <c r="Q252" s="168"/>
+      <c r="S252" s="161"/>
+      <c r="T252" s="162"/>
     </row>
     <row r="253" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B253" s="252"/>
-[...9 lines deleted...]
-      <c r="L253" s="253"/>
+      <c r="B253" s="206"/>
+      <c r="C253" s="207"/>
+      <c r="D253" s="207"/>
+      <c r="E253" s="207"/>
+      <c r="F253" s="207"/>
+      <c r="G253" s="207"/>
+      <c r="H253" s="207"/>
+      <c r="I253" s="207"/>
+      <c r="J253" s="207"/>
+      <c r="K253" s="207"/>
+      <c r="L253" s="207"/>
       <c r="M253" s="135"/>
       <c r="N253" s="135"/>
-      <c r="Q253" s="301"/>
-[...1 lines deleted...]
-      <c r="T253" s="210"/>
+      <c r="Q253" s="168"/>
+      <c r="S253" s="161"/>
+      <c r="T253" s="162"/>
     </row>
     <row r="254" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B254" s="252"/>
-[...9 lines deleted...]
-      <c r="L254" s="253"/>
+      <c r="B254" s="206"/>
+      <c r="C254" s="207"/>
+      <c r="D254" s="207"/>
+      <c r="E254" s="207"/>
+      <c r="F254" s="207"/>
+      <c r="G254" s="207"/>
+      <c r="H254" s="207"/>
+      <c r="I254" s="207"/>
+      <c r="J254" s="207"/>
+      <c r="K254" s="207"/>
+      <c r="L254" s="207"/>
       <c r="M254" s="135"/>
       <c r="N254" s="135"/>
-      <c r="Q254" s="301"/>
-[...1 lines deleted...]
-      <c r="T254" s="210"/>
+      <c r="Q254" s="168"/>
+      <c r="S254" s="161"/>
+      <c r="T254" s="162"/>
     </row>
     <row r="255" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B255" s="252"/>
-[...9 lines deleted...]
-      <c r="L255" s="253"/>
+      <c r="B255" s="206"/>
+      <c r="C255" s="207"/>
+      <c r="D255" s="207"/>
+      <c r="E255" s="207"/>
+      <c r="F255" s="207"/>
+      <c r="G255" s="207"/>
+      <c r="H255" s="207"/>
+      <c r="I255" s="207"/>
+      <c r="J255" s="207"/>
+      <c r="K255" s="207"/>
+      <c r="L255" s="207"/>
       <c r="M255" s="135"/>
       <c r="N255" s="135"/>
-      <c r="Q255" s="301"/>
-[...1 lines deleted...]
-      <c r="T255" s="210"/>
+      <c r="Q255" s="168"/>
+      <c r="S255" s="161"/>
+      <c r="T255" s="162"/>
     </row>
     <row r="256" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B256" s="10"/>
-      <c r="C256" s="250" t="s">
+      <c r="C256" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D256" s="250"/>
-[...7 lines deleted...]
-      <c r="L256" s="250"/>
+      <c r="D256" s="204"/>
+      <c r="E256" s="204"/>
+      <c r="F256" s="204"/>
+      <c r="G256" s="204"/>
+      <c r="H256" s="204"/>
+      <c r="I256" s="204"/>
+      <c r="J256" s="204"/>
+      <c r="K256" s="204"/>
+      <c r="L256" s="204"/>
       <c r="M256" s="110">
         <f>SUM(M249:M255)</f>
         <v>0</v>
       </c>
       <c r="N256" s="110">
         <f>SUM(N249:N255)</f>
         <v>0</v>
       </c>
-      <c r="Q256" s="302"/>
+      <c r="Q256" s="169"/>
       <c r="R256" s="27" t="str">
         <f>IF(VLOOKUP(B249,$B$53:$M$61,12,FALSE)-M256=0,IF(VLOOKUP(B249,$B$53:$N$61,13,FALSE)-N256=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S256" s="211"/>
-      <c r="T256" s="212"/>
+      <c r="S256" s="163"/>
+      <c r="T256" s="164"/>
     </row>
     <row r="257" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B257" s="10"/>
     </row>
     <row r="258" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B258" s="10"/>
     </row>
     <row r="259" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B259" s="145" t="s">
+      <c r="B259" s="205" t="s">
         <v>177</v>
       </c>
-      <c r="C259" s="145"/>
-[...10 lines deleted...]
-      <c r="N259" s="145"/>
+      <c r="C259" s="205"/>
+      <c r="D259" s="205"/>
+      <c r="E259" s="205"/>
+      <c r="F259" s="205"/>
+      <c r="G259" s="205"/>
+      <c r="H259" s="205"/>
+      <c r="I259" s="205"/>
+      <c r="J259" s="205"/>
+      <c r="K259" s="205"/>
+      <c r="L259" s="205"/>
+      <c r="M259" s="205"/>
+      <c r="N259" s="205"/>
     </row>
     <row r="260" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B260" s="10"/>
     </row>
     <row r="261" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B261" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C261" s="251" t="s">
+      <c r="C261" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D261" s="251"/>
-[...7 lines deleted...]
-      <c r="L261" s="251"/>
+      <c r="D261" s="208"/>
+      <c r="E261" s="208"/>
+      <c r="F261" s="208"/>
+      <c r="G261" s="208"/>
+      <c r="H261" s="208"/>
+      <c r="I261" s="208"/>
+      <c r="J261" s="208"/>
+      <c r="K261" s="208"/>
+      <c r="L261" s="208"/>
       <c r="M261" s="30" t="s">
         <v>48</v>
       </c>
       <c r="N261" s="30" t="s">
         <v>49</v>
       </c>
-      <c r="Q261" s="300" t="s">
+      <c r="Q261" s="167" t="s">
         <v>29</v>
       </c>
-      <c r="S261" s="207" t="s">
+      <c r="S261" s="152" t="s">
         <v>178</v>
       </c>
-      <c r="T261" s="208"/>
+      <c r="T261" s="160"/>
     </row>
     <row r="262" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B262" s="252" t="s">
+      <c r="B262" s="206" t="s">
         <v>72</v>
       </c>
-      <c r="C262" s="253"/>
-[...8 lines deleted...]
-      <c r="L262" s="253"/>
+      <c r="C262" s="207"/>
+      <c r="D262" s="207"/>
+      <c r="E262" s="207"/>
+      <c r="F262" s="207"/>
+      <c r="G262" s="207"/>
+      <c r="H262" s="207"/>
+      <c r="I262" s="207"/>
+      <c r="J262" s="207"/>
+      <c r="K262" s="207"/>
+      <c r="L262" s="207"/>
       <c r="M262" s="135"/>
       <c r="N262" s="135"/>
-      <c r="Q262" s="301"/>
-[...1 lines deleted...]
-      <c r="T262" s="210"/>
+      <c r="Q262" s="168"/>
+      <c r="S262" s="161"/>
+      <c r="T262" s="162"/>
     </row>
     <row r="263" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B263" s="252"/>
-[...9 lines deleted...]
-      <c r="L263" s="253"/>
+      <c r="B263" s="206"/>
+      <c r="C263" s="207"/>
+      <c r="D263" s="207"/>
+      <c r="E263" s="207"/>
+      <c r="F263" s="207"/>
+      <c r="G263" s="207"/>
+      <c r="H263" s="207"/>
+      <c r="I263" s="207"/>
+      <c r="J263" s="207"/>
+      <c r="K263" s="207"/>
+      <c r="L263" s="207"/>
       <c r="M263" s="135"/>
       <c r="N263" s="135"/>
-      <c r="Q263" s="301"/>
-[...1 lines deleted...]
-      <c r="T263" s="210"/>
+      <c r="Q263" s="168"/>
+      <c r="S263" s="161"/>
+      <c r="T263" s="162"/>
     </row>
     <row r="264" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B264" s="252"/>
-[...9 lines deleted...]
-      <c r="L264" s="253"/>
+      <c r="B264" s="206"/>
+      <c r="C264" s="207"/>
+      <c r="D264" s="207"/>
+      <c r="E264" s="207"/>
+      <c r="F264" s="207"/>
+      <c r="G264" s="207"/>
+      <c r="H264" s="207"/>
+      <c r="I264" s="207"/>
+      <c r="J264" s="207"/>
+      <c r="K264" s="207"/>
+      <c r="L264" s="207"/>
       <c r="M264" s="135"/>
       <c r="N264" s="135"/>
-      <c r="Q264" s="301"/>
-[...1 lines deleted...]
-      <c r="T264" s="210"/>
+      <c r="Q264" s="168"/>
+      <c r="S264" s="161"/>
+      <c r="T264" s="162"/>
     </row>
     <row r="265" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B265" s="252"/>
-[...9 lines deleted...]
-      <c r="L265" s="253"/>
+      <c r="B265" s="206"/>
+      <c r="C265" s="207"/>
+      <c r="D265" s="207"/>
+      <c r="E265" s="207"/>
+      <c r="F265" s="207"/>
+      <c r="G265" s="207"/>
+      <c r="H265" s="207"/>
+      <c r="I265" s="207"/>
+      <c r="J265" s="207"/>
+      <c r="K265" s="207"/>
+      <c r="L265" s="207"/>
       <c r="M265" s="135"/>
       <c r="N265" s="135"/>
-      <c r="Q265" s="301"/>
-[...1 lines deleted...]
-      <c r="T265" s="210"/>
+      <c r="Q265" s="168"/>
+      <c r="S265" s="161"/>
+      <c r="T265" s="162"/>
     </row>
     <row r="266" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B266" s="252"/>
-[...9 lines deleted...]
-      <c r="L266" s="253"/>
+      <c r="B266" s="206"/>
+      <c r="C266" s="207"/>
+      <c r="D266" s="207"/>
+      <c r="E266" s="207"/>
+      <c r="F266" s="207"/>
+      <c r="G266" s="207"/>
+      <c r="H266" s="207"/>
+      <c r="I266" s="207"/>
+      <c r="J266" s="207"/>
+      <c r="K266" s="207"/>
+      <c r="L266" s="207"/>
       <c r="M266" s="135"/>
       <c r="N266" s="135"/>
-      <c r="Q266" s="301"/>
-[...1 lines deleted...]
-      <c r="T266" s="210"/>
+      <c r="Q266" s="168"/>
+      <c r="S266" s="161"/>
+      <c r="T266" s="162"/>
     </row>
     <row r="267" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B267" s="252"/>
-[...9 lines deleted...]
-      <c r="L267" s="253"/>
+      <c r="B267" s="206"/>
+      <c r="C267" s="207"/>
+      <c r="D267" s="207"/>
+      <c r="E267" s="207"/>
+      <c r="F267" s="207"/>
+      <c r="G267" s="207"/>
+      <c r="H267" s="207"/>
+      <c r="I267" s="207"/>
+      <c r="J267" s="207"/>
+      <c r="K267" s="207"/>
+      <c r="L267" s="207"/>
       <c r="M267" s="135"/>
       <c r="N267" s="135"/>
-      <c r="Q267" s="301"/>
-[...1 lines deleted...]
-      <c r="T267" s="210"/>
+      <c r="Q267" s="168"/>
+      <c r="S267" s="161"/>
+      <c r="T267" s="162"/>
     </row>
     <row r="268" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B268" s="252"/>
-[...9 lines deleted...]
-      <c r="L268" s="253"/>
+      <c r="B268" s="206"/>
+      <c r="C268" s="207"/>
+      <c r="D268" s="207"/>
+      <c r="E268" s="207"/>
+      <c r="F268" s="207"/>
+      <c r="G268" s="207"/>
+      <c r="H268" s="207"/>
+      <c r="I268" s="207"/>
+      <c r="J268" s="207"/>
+      <c r="K268" s="207"/>
+      <c r="L268" s="207"/>
       <c r="M268" s="135"/>
       <c r="N268" s="135"/>
-      <c r="Q268" s="301"/>
-[...1 lines deleted...]
-      <c r="T268" s="210"/>
+      <c r="Q268" s="168"/>
+      <c r="S268" s="161"/>
+      <c r="T268" s="162"/>
     </row>
     <row r="269" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B269" s="10"/>
-      <c r="C269" s="250" t="s">
+      <c r="C269" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D269" s="250"/>
-[...7 lines deleted...]
-      <c r="L269" s="250"/>
+      <c r="D269" s="204"/>
+      <c r="E269" s="204"/>
+      <c r="F269" s="204"/>
+      <c r="G269" s="204"/>
+      <c r="H269" s="204"/>
+      <c r="I269" s="204"/>
+      <c r="J269" s="204"/>
+      <c r="K269" s="204"/>
+      <c r="L269" s="204"/>
       <c r="M269" s="110">
         <f>SUM(M262:M268)</f>
         <v>0</v>
       </c>
       <c r="N269" s="110">
         <f>SUM(N262:N268)</f>
         <v>0</v>
       </c>
-      <c r="Q269" s="301"/>
+      <c r="Q269" s="168"/>
       <c r="R269" s="27" t="str">
         <f>IF(VLOOKUP(B262,$B$65:$M$71,12,FALSE)-M269=0,IF(VLOOKUP(B262,$B$65:$N$71,13,FALSE)-N269=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S269" s="209"/>
-      <c r="T269" s="210"/>
+      <c r="S269" s="161"/>
+      <c r="T269" s="162"/>
     </row>
     <row r="270" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B270" s="10"/>
       <c r="M270" s="136"/>
       <c r="N270" s="136"/>
-      <c r="Q270" s="301"/>
-[...1 lines deleted...]
-      <c r="T270" s="210"/>
+      <c r="Q270" s="168"/>
+      <c r="S270" s="161"/>
+      <c r="T270" s="162"/>
     </row>
     <row r="271" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B271" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C271" s="251" t="s">
+      <c r="C271" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D271" s="251"/>
-[...7 lines deleted...]
-      <c r="L271" s="251"/>
+      <c r="D271" s="208"/>
+      <c r="E271" s="208"/>
+      <c r="F271" s="208"/>
+      <c r="G271" s="208"/>
+      <c r="H271" s="208"/>
+      <c r="I271" s="208"/>
+      <c r="J271" s="208"/>
+      <c r="K271" s="208"/>
+      <c r="L271" s="208"/>
       <c r="M271" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N271" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q271" s="301"/>
-[...1 lines deleted...]
-      <c r="T271" s="210"/>
+      <c r="Q271" s="168"/>
+      <c r="S271" s="161"/>
+      <c r="T271" s="162"/>
     </row>
     <row r="272" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B272" s="252" t="s">
+      <c r="B272" s="206" t="s">
         <v>73</v>
       </c>
-      <c r="C272" s="253"/>
-[...8 lines deleted...]
-      <c r="L272" s="253"/>
+      <c r="C272" s="207"/>
+      <c r="D272" s="207"/>
+      <c r="E272" s="207"/>
+      <c r="F272" s="207"/>
+      <c r="G272" s="207"/>
+      <c r="H272" s="207"/>
+      <c r="I272" s="207"/>
+      <c r="J272" s="207"/>
+      <c r="K272" s="207"/>
+      <c r="L272" s="207"/>
       <c r="M272" s="135"/>
       <c r="N272" s="135"/>
-      <c r="Q272" s="301"/>
-[...1 lines deleted...]
-      <c r="T272" s="210"/>
+      <c r="Q272" s="168"/>
+      <c r="S272" s="161"/>
+      <c r="T272" s="162"/>
     </row>
     <row r="273" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B273" s="252"/>
-[...9 lines deleted...]
-      <c r="L273" s="253"/>
+      <c r="B273" s="206"/>
+      <c r="C273" s="207"/>
+      <c r="D273" s="207"/>
+      <c r="E273" s="207"/>
+      <c r="F273" s="207"/>
+      <c r="G273" s="207"/>
+      <c r="H273" s="207"/>
+      <c r="I273" s="207"/>
+      <c r="J273" s="207"/>
+      <c r="K273" s="207"/>
+      <c r="L273" s="207"/>
       <c r="M273" s="135"/>
       <c r="N273" s="135"/>
-      <c r="Q273" s="301"/>
-[...1 lines deleted...]
-      <c r="T273" s="210"/>
+      <c r="Q273" s="168"/>
+      <c r="S273" s="161"/>
+      <c r="T273" s="162"/>
     </row>
     <row r="274" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B274" s="252"/>
-[...9 lines deleted...]
-      <c r="L274" s="253"/>
+      <c r="B274" s="206"/>
+      <c r="C274" s="207"/>
+      <c r="D274" s="207"/>
+      <c r="E274" s="207"/>
+      <c r="F274" s="207"/>
+      <c r="G274" s="207"/>
+      <c r="H274" s="207"/>
+      <c r="I274" s="207"/>
+      <c r="J274" s="207"/>
+      <c r="K274" s="207"/>
+      <c r="L274" s="207"/>
       <c r="M274" s="135"/>
       <c r="N274" s="135"/>
-      <c r="Q274" s="301"/>
-[...1 lines deleted...]
-      <c r="T274" s="210"/>
+      <c r="Q274" s="168"/>
+      <c r="S274" s="161"/>
+      <c r="T274" s="162"/>
     </row>
     <row r="275" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B275" s="252"/>
-[...9 lines deleted...]
-      <c r="L275" s="253"/>
+      <c r="B275" s="206"/>
+      <c r="C275" s="207"/>
+      <c r="D275" s="207"/>
+      <c r="E275" s="207"/>
+      <c r="F275" s="207"/>
+      <c r="G275" s="207"/>
+      <c r="H275" s="207"/>
+      <c r="I275" s="207"/>
+      <c r="J275" s="207"/>
+      <c r="K275" s="207"/>
+      <c r="L275" s="207"/>
       <c r="M275" s="135"/>
       <c r="N275" s="135"/>
-      <c r="Q275" s="301"/>
-[...1 lines deleted...]
-      <c r="T275" s="210"/>
+      <c r="Q275" s="168"/>
+      <c r="S275" s="161"/>
+      <c r="T275" s="162"/>
     </row>
     <row r="276" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B276" s="252"/>
-[...9 lines deleted...]
-      <c r="L276" s="253"/>
+      <c r="B276" s="206"/>
+      <c r="C276" s="207"/>
+      <c r="D276" s="207"/>
+      <c r="E276" s="207"/>
+      <c r="F276" s="207"/>
+      <c r="G276" s="207"/>
+      <c r="H276" s="207"/>
+      <c r="I276" s="207"/>
+      <c r="J276" s="207"/>
+      <c r="K276" s="207"/>
+      <c r="L276" s="207"/>
       <c r="M276" s="135"/>
       <c r="N276" s="135"/>
-      <c r="Q276" s="301"/>
-[...1 lines deleted...]
-      <c r="T276" s="210"/>
+      <c r="Q276" s="168"/>
+      <c r="S276" s="161"/>
+      <c r="T276" s="162"/>
     </row>
     <row r="277" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B277" s="252"/>
-[...9 lines deleted...]
-      <c r="L277" s="253"/>
+      <c r="B277" s="206"/>
+      <c r="C277" s="207"/>
+      <c r="D277" s="207"/>
+      <c r="E277" s="207"/>
+      <c r="F277" s="207"/>
+      <c r="G277" s="207"/>
+      <c r="H277" s="207"/>
+      <c r="I277" s="207"/>
+      <c r="J277" s="207"/>
+      <c r="K277" s="207"/>
+      <c r="L277" s="207"/>
       <c r="M277" s="135"/>
       <c r="N277" s="135"/>
-      <c r="Q277" s="301"/>
-[...1 lines deleted...]
-      <c r="T277" s="210"/>
+      <c r="Q277" s="168"/>
+      <c r="S277" s="161"/>
+      <c r="T277" s="162"/>
     </row>
     <row r="278" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B278" s="252"/>
-[...9 lines deleted...]
-      <c r="L278" s="253"/>
+      <c r="B278" s="206"/>
+      <c r="C278" s="207"/>
+      <c r="D278" s="207"/>
+      <c r="E278" s="207"/>
+      <c r="F278" s="207"/>
+      <c r="G278" s="207"/>
+      <c r="H278" s="207"/>
+      <c r="I278" s="207"/>
+      <c r="J278" s="207"/>
+      <c r="K278" s="207"/>
+      <c r="L278" s="207"/>
       <c r="M278" s="135"/>
       <c r="N278" s="135"/>
-      <c r="Q278" s="301"/>
-[...1 lines deleted...]
-      <c r="T278" s="210"/>
+      <c r="Q278" s="168"/>
+      <c r="S278" s="161"/>
+      <c r="T278" s="162"/>
     </row>
     <row r="279" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B279" s="10"/>
-      <c r="C279" s="250" t="s">
+      <c r="C279" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D279" s="250"/>
-[...7 lines deleted...]
-      <c r="L279" s="250"/>
+      <c r="D279" s="204"/>
+      <c r="E279" s="204"/>
+      <c r="F279" s="204"/>
+      <c r="G279" s="204"/>
+      <c r="H279" s="204"/>
+      <c r="I279" s="204"/>
+      <c r="J279" s="204"/>
+      <c r="K279" s="204"/>
+      <c r="L279" s="204"/>
       <c r="M279" s="110">
         <f>SUM(M272:M278)</f>
         <v>0</v>
       </c>
       <c r="N279" s="110">
         <f>SUM(N272:N278)</f>
         <v>0</v>
       </c>
-      <c r="Q279" s="301"/>
+      <c r="Q279" s="168"/>
       <c r="R279" s="27" t="str">
         <f>IF(VLOOKUP(B272,$B$65:$M$71,12,FALSE)-M279=0,IF(VLOOKUP(B272,$B$65:$N$71,13,FALSE)-N279=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S279" s="209"/>
-      <c r="T279" s="210"/>
+      <c r="S279" s="161"/>
+      <c r="T279" s="162"/>
     </row>
     <row r="280" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B280" s="10"/>
       <c r="M280" s="136"/>
       <c r="N280" s="136"/>
-      <c r="Q280" s="301"/>
-[...1 lines deleted...]
-      <c r="T280" s="210"/>
+      <c r="Q280" s="168"/>
+      <c r="S280" s="161"/>
+      <c r="T280" s="162"/>
     </row>
     <row r="281" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B281" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C281" s="251" t="s">
+      <c r="C281" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D281" s="251"/>
-[...7 lines deleted...]
-      <c r="L281" s="251"/>
+      <c r="D281" s="208"/>
+      <c r="E281" s="208"/>
+      <c r="F281" s="208"/>
+      <c r="G281" s="208"/>
+      <c r="H281" s="208"/>
+      <c r="I281" s="208"/>
+      <c r="J281" s="208"/>
+      <c r="K281" s="208"/>
+      <c r="L281" s="208"/>
       <c r="M281" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N281" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q281" s="301"/>
-[...1 lines deleted...]
-      <c r="T281" s="210"/>
+      <c r="Q281" s="168"/>
+      <c r="S281" s="161"/>
+      <c r="T281" s="162"/>
     </row>
     <row r="282" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B282" s="252" t="s">
+      <c r="B282" s="206" t="s">
         <v>75</v>
       </c>
-      <c r="C282" s="253"/>
-[...8 lines deleted...]
-      <c r="L282" s="253"/>
+      <c r="C282" s="207"/>
+      <c r="D282" s="207"/>
+      <c r="E282" s="207"/>
+      <c r="F282" s="207"/>
+      <c r="G282" s="207"/>
+      <c r="H282" s="207"/>
+      <c r="I282" s="207"/>
+      <c r="J282" s="207"/>
+      <c r="K282" s="207"/>
+      <c r="L282" s="207"/>
       <c r="M282" s="135"/>
       <c r="N282" s="135"/>
-      <c r="Q282" s="301"/>
-[...1 lines deleted...]
-      <c r="T282" s="210"/>
+      <c r="Q282" s="168"/>
+      <c r="S282" s="161"/>
+      <c r="T282" s="162"/>
     </row>
     <row r="283" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B283" s="252"/>
-[...9 lines deleted...]
-      <c r="L283" s="253"/>
+      <c r="B283" s="206"/>
+      <c r="C283" s="207"/>
+      <c r="D283" s="207"/>
+      <c r="E283" s="207"/>
+      <c r="F283" s="207"/>
+      <c r="G283" s="207"/>
+      <c r="H283" s="207"/>
+      <c r="I283" s="207"/>
+      <c r="J283" s="207"/>
+      <c r="K283" s="207"/>
+      <c r="L283" s="207"/>
       <c r="M283" s="135"/>
       <c r="N283" s="135"/>
-      <c r="Q283" s="301"/>
-[...1 lines deleted...]
-      <c r="T283" s="210"/>
+      <c r="Q283" s="168"/>
+      <c r="S283" s="161"/>
+      <c r="T283" s="162"/>
     </row>
     <row r="284" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B284" s="252"/>
-[...9 lines deleted...]
-      <c r="L284" s="253"/>
+      <c r="B284" s="206"/>
+      <c r="C284" s="207"/>
+      <c r="D284" s="207"/>
+      <c r="E284" s="207"/>
+      <c r="F284" s="207"/>
+      <c r="G284" s="207"/>
+      <c r="H284" s="207"/>
+      <c r="I284" s="207"/>
+      <c r="J284" s="207"/>
+      <c r="K284" s="207"/>
+      <c r="L284" s="207"/>
       <c r="M284" s="135"/>
       <c r="N284" s="135"/>
-      <c r="Q284" s="301"/>
-[...1 lines deleted...]
-      <c r="T284" s="210"/>
+      <c r="Q284" s="168"/>
+      <c r="S284" s="161"/>
+      <c r="T284" s="162"/>
     </row>
     <row r="285" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B285" s="252"/>
-[...9 lines deleted...]
-      <c r="L285" s="253"/>
+      <c r="B285" s="206"/>
+      <c r="C285" s="207"/>
+      <c r="D285" s="207"/>
+      <c r="E285" s="207"/>
+      <c r="F285" s="207"/>
+      <c r="G285" s="207"/>
+      <c r="H285" s="207"/>
+      <c r="I285" s="207"/>
+      <c r="J285" s="207"/>
+      <c r="K285" s="207"/>
+      <c r="L285" s="207"/>
       <c r="M285" s="135"/>
       <c r="N285" s="135"/>
-      <c r="Q285" s="301"/>
-[...1 lines deleted...]
-      <c r="T285" s="210"/>
+      <c r="Q285" s="168"/>
+      <c r="S285" s="161"/>
+      <c r="T285" s="162"/>
     </row>
     <row r="286" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B286" s="252"/>
-[...9 lines deleted...]
-      <c r="L286" s="253"/>
+      <c r="B286" s="206"/>
+      <c r="C286" s="207"/>
+      <c r="D286" s="207"/>
+      <c r="E286" s="207"/>
+      <c r="F286" s="207"/>
+      <c r="G286" s="207"/>
+      <c r="H286" s="207"/>
+      <c r="I286" s="207"/>
+      <c r="J286" s="207"/>
+      <c r="K286" s="207"/>
+      <c r="L286" s="207"/>
       <c r="M286" s="135"/>
       <c r="N286" s="135"/>
-      <c r="Q286" s="301"/>
-[...1 lines deleted...]
-      <c r="T286" s="210"/>
+      <c r="Q286" s="168"/>
+      <c r="S286" s="161"/>
+      <c r="T286" s="162"/>
     </row>
     <row r="287" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B287" s="252"/>
-[...9 lines deleted...]
-      <c r="L287" s="253"/>
+      <c r="B287" s="206"/>
+      <c r="C287" s="207"/>
+      <c r="D287" s="207"/>
+      <c r="E287" s="207"/>
+      <c r="F287" s="207"/>
+      <c r="G287" s="207"/>
+      <c r="H287" s="207"/>
+      <c r="I287" s="207"/>
+      <c r="J287" s="207"/>
+      <c r="K287" s="207"/>
+      <c r="L287" s="207"/>
       <c r="M287" s="135"/>
       <c r="N287" s="135"/>
-      <c r="Q287" s="301"/>
-[...1 lines deleted...]
-      <c r="T287" s="210"/>
+      <c r="Q287" s="168"/>
+      <c r="S287" s="161"/>
+      <c r="T287" s="162"/>
     </row>
     <row r="288" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B288" s="252"/>
-[...9 lines deleted...]
-      <c r="L288" s="253"/>
+      <c r="B288" s="206"/>
+      <c r="C288" s="207"/>
+      <c r="D288" s="207"/>
+      <c r="E288" s="207"/>
+      <c r="F288" s="207"/>
+      <c r="G288" s="207"/>
+      <c r="H288" s="207"/>
+      <c r="I288" s="207"/>
+      <c r="J288" s="207"/>
+      <c r="K288" s="207"/>
+      <c r="L288" s="207"/>
       <c r="M288" s="135"/>
       <c r="N288" s="135"/>
-      <c r="Q288" s="301"/>
-[...1 lines deleted...]
-      <c r="T288" s="210"/>
+      <c r="Q288" s="168"/>
+      <c r="S288" s="161"/>
+      <c r="T288" s="162"/>
     </row>
     <row r="289" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B289" s="10"/>
-      <c r="C289" s="250" t="s">
+      <c r="C289" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D289" s="250"/>
-[...7 lines deleted...]
-      <c r="L289" s="250"/>
+      <c r="D289" s="204"/>
+      <c r="E289" s="204"/>
+      <c r="F289" s="204"/>
+      <c r="G289" s="204"/>
+      <c r="H289" s="204"/>
+      <c r="I289" s="204"/>
+      <c r="J289" s="204"/>
+      <c r="K289" s="204"/>
+      <c r="L289" s="204"/>
       <c r="M289" s="110">
         <f>SUM(M282:M288)</f>
         <v>0</v>
       </c>
       <c r="N289" s="110">
         <f>SUM(N282:N288)</f>
         <v>0</v>
       </c>
-      <c r="Q289" s="301"/>
+      <c r="Q289" s="168"/>
       <c r="R289" s="27" t="str">
         <f>IF(VLOOKUP(B282,$B$65:$M$71,12,FALSE)-M289=0,IF(VLOOKUP(B282,$B$65:$N$71,13,FALSE)-N289=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S289" s="209"/>
-      <c r="T289" s="210"/>
+      <c r="S289" s="161"/>
+      <c r="T289" s="162"/>
     </row>
     <row r="290" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B290" s="10"/>
       <c r="M290" s="136"/>
       <c r="N290" s="136"/>
-      <c r="Q290" s="301"/>
-[...1 lines deleted...]
-      <c r="T290" s="210"/>
+      <c r="Q290" s="168"/>
+      <c r="S290" s="161"/>
+      <c r="T290" s="162"/>
     </row>
     <row r="291" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B291" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C291" s="251" t="s">
+      <c r="C291" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D291" s="251"/>
-[...7 lines deleted...]
-      <c r="L291" s="251"/>
+      <c r="D291" s="208"/>
+      <c r="E291" s="208"/>
+      <c r="F291" s="208"/>
+      <c r="G291" s="208"/>
+      <c r="H291" s="208"/>
+      <c r="I291" s="208"/>
+      <c r="J291" s="208"/>
+      <c r="K291" s="208"/>
+      <c r="L291" s="208"/>
       <c r="M291" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N291" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q291" s="301"/>
-[...1 lines deleted...]
-      <c r="T291" s="210"/>
+      <c r="Q291" s="168"/>
+      <c r="S291" s="161"/>
+      <c r="T291" s="162"/>
     </row>
     <row r="292" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B292" s="252" t="s">
+      <c r="B292" s="206" t="s">
         <v>76</v>
       </c>
-      <c r="C292" s="253"/>
-[...8 lines deleted...]
-      <c r="L292" s="253"/>
+      <c r="C292" s="207"/>
+      <c r="D292" s="207"/>
+      <c r="E292" s="207"/>
+      <c r="F292" s="207"/>
+      <c r="G292" s="207"/>
+      <c r="H292" s="207"/>
+      <c r="I292" s="207"/>
+      <c r="J292" s="207"/>
+      <c r="K292" s="207"/>
+      <c r="L292" s="207"/>
       <c r="M292" s="135"/>
       <c r="N292" s="135"/>
-      <c r="Q292" s="301"/>
-[...1 lines deleted...]
-      <c r="T292" s="210"/>
+      <c r="Q292" s="168"/>
+      <c r="S292" s="161"/>
+      <c r="T292" s="162"/>
     </row>
     <row r="293" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B293" s="252"/>
-[...9 lines deleted...]
-      <c r="L293" s="253"/>
+      <c r="B293" s="206"/>
+      <c r="C293" s="207"/>
+      <c r="D293" s="207"/>
+      <c r="E293" s="207"/>
+      <c r="F293" s="207"/>
+      <c r="G293" s="207"/>
+      <c r="H293" s="207"/>
+      <c r="I293" s="207"/>
+      <c r="J293" s="207"/>
+      <c r="K293" s="207"/>
+      <c r="L293" s="207"/>
       <c r="M293" s="135"/>
       <c r="N293" s="135"/>
-      <c r="Q293" s="301"/>
-[...1 lines deleted...]
-      <c r="T293" s="210"/>
+      <c r="Q293" s="168"/>
+      <c r="S293" s="161"/>
+      <c r="T293" s="162"/>
     </row>
     <row r="294" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B294" s="252"/>
-[...9 lines deleted...]
-      <c r="L294" s="253"/>
+      <c r="B294" s="206"/>
+      <c r="C294" s="207"/>
+      <c r="D294" s="207"/>
+      <c r="E294" s="207"/>
+      <c r="F294" s="207"/>
+      <c r="G294" s="207"/>
+      <c r="H294" s="207"/>
+      <c r="I294" s="207"/>
+      <c r="J294" s="207"/>
+      <c r="K294" s="207"/>
+      <c r="L294" s="207"/>
       <c r="M294" s="135"/>
       <c r="N294" s="135"/>
-      <c r="Q294" s="301"/>
-[...1 lines deleted...]
-      <c r="T294" s="210"/>
+      <c r="Q294" s="168"/>
+      <c r="S294" s="161"/>
+      <c r="T294" s="162"/>
     </row>
     <row r="295" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B295" s="252"/>
-[...9 lines deleted...]
-      <c r="L295" s="253"/>
+      <c r="B295" s="206"/>
+      <c r="C295" s="207"/>
+      <c r="D295" s="207"/>
+      <c r="E295" s="207"/>
+      <c r="F295" s="207"/>
+      <c r="G295" s="207"/>
+      <c r="H295" s="207"/>
+      <c r="I295" s="207"/>
+      <c r="J295" s="207"/>
+      <c r="K295" s="207"/>
+      <c r="L295" s="207"/>
       <c r="M295" s="135"/>
       <c r="N295" s="135"/>
-      <c r="Q295" s="301"/>
-[...1 lines deleted...]
-      <c r="T295" s="210"/>
+      <c r="Q295" s="168"/>
+      <c r="S295" s="161"/>
+      <c r="T295" s="162"/>
     </row>
     <row r="296" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B296" s="252"/>
-[...9 lines deleted...]
-      <c r="L296" s="253"/>
+      <c r="B296" s="206"/>
+      <c r="C296" s="207"/>
+      <c r="D296" s="207"/>
+      <c r="E296" s="207"/>
+      <c r="F296" s="207"/>
+      <c r="G296" s="207"/>
+      <c r="H296" s="207"/>
+      <c r="I296" s="207"/>
+      <c r="J296" s="207"/>
+      <c r="K296" s="207"/>
+      <c r="L296" s="207"/>
       <c r="M296" s="135"/>
       <c r="N296" s="135"/>
-      <c r="Q296" s="301"/>
-[...1 lines deleted...]
-      <c r="T296" s="210"/>
+      <c r="Q296" s="168"/>
+      <c r="S296" s="161"/>
+      <c r="T296" s="162"/>
     </row>
     <row r="297" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B297" s="252"/>
-[...9 lines deleted...]
-      <c r="L297" s="253"/>
+      <c r="B297" s="206"/>
+      <c r="C297" s="207"/>
+      <c r="D297" s="207"/>
+      <c r="E297" s="207"/>
+      <c r="F297" s="207"/>
+      <c r="G297" s="207"/>
+      <c r="H297" s="207"/>
+      <c r="I297" s="207"/>
+      <c r="J297" s="207"/>
+      <c r="K297" s="207"/>
+      <c r="L297" s="207"/>
       <c r="M297" s="135"/>
       <c r="N297" s="135"/>
-      <c r="Q297" s="301"/>
-[...1 lines deleted...]
-      <c r="T297" s="210"/>
+      <c r="Q297" s="168"/>
+      <c r="S297" s="161"/>
+      <c r="T297" s="162"/>
     </row>
     <row r="298" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B298" s="252"/>
-[...9 lines deleted...]
-      <c r="L298" s="253"/>
+      <c r="B298" s="206"/>
+      <c r="C298" s="207"/>
+      <c r="D298" s="207"/>
+      <c r="E298" s="207"/>
+      <c r="F298" s="207"/>
+      <c r="G298" s="207"/>
+      <c r="H298" s="207"/>
+      <c r="I298" s="207"/>
+      <c r="J298" s="207"/>
+      <c r="K298" s="207"/>
+      <c r="L298" s="207"/>
       <c r="M298" s="135"/>
       <c r="N298" s="135"/>
-      <c r="Q298" s="301"/>
-[...1 lines deleted...]
-      <c r="T298" s="210"/>
+      <c r="Q298" s="168"/>
+      <c r="S298" s="161"/>
+      <c r="T298" s="162"/>
     </row>
     <row r="299" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B299" s="10"/>
-      <c r="C299" s="250" t="s">
+      <c r="C299" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D299" s="250"/>
-[...7 lines deleted...]
-      <c r="L299" s="250"/>
+      <c r="D299" s="204"/>
+      <c r="E299" s="204"/>
+      <c r="F299" s="204"/>
+      <c r="G299" s="204"/>
+      <c r="H299" s="204"/>
+      <c r="I299" s="204"/>
+      <c r="J299" s="204"/>
+      <c r="K299" s="204"/>
+      <c r="L299" s="204"/>
       <c r="M299" s="110">
         <f>SUM(M292:M298)</f>
         <v>0</v>
       </c>
       <c r="N299" s="110">
         <f>SUM(N292:N298)</f>
         <v>0</v>
       </c>
-      <c r="Q299" s="301"/>
+      <c r="Q299" s="168"/>
       <c r="R299" s="27" t="str">
         <f>IF(VLOOKUP(B292,$B$65:$M$71,12,FALSE)-M299=0,IF(VLOOKUP(B292,$B$65:$N$71,13,FALSE)-N299=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S299" s="209"/>
-      <c r="T299" s="210"/>
+      <c r="S299" s="161"/>
+      <c r="T299" s="162"/>
     </row>
     <row r="300" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B300" s="10"/>
-      <c r="Q300" s="301"/>
-[...1 lines deleted...]
-      <c r="T300" s="210"/>
+      <c r="Q300" s="168"/>
+      <c r="S300" s="161"/>
+      <c r="T300" s="162"/>
     </row>
     <row r="301" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B301" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C301" s="251" t="s">
+      <c r="C301" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D301" s="251"/>
-[...7 lines deleted...]
-      <c r="L301" s="251"/>
+      <c r="D301" s="208"/>
+      <c r="E301" s="208"/>
+      <c r="F301" s="208"/>
+      <c r="G301" s="208"/>
+      <c r="H301" s="208"/>
+      <c r="I301" s="208"/>
+      <c r="J301" s="208"/>
+      <c r="K301" s="208"/>
+      <c r="L301" s="208"/>
       <c r="M301" s="30" t="s">
         <v>48</v>
       </c>
       <c r="N301" s="30" t="s">
         <v>49</v>
       </c>
-      <c r="Q301" s="301"/>
-[...1 lines deleted...]
-      <c r="T301" s="210"/>
+      <c r="Q301" s="168"/>
+      <c r="S301" s="161"/>
+      <c r="T301" s="162"/>
     </row>
     <row r="302" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B302" s="252" t="s">
+      <c r="B302" s="206" t="s">
         <v>77</v>
       </c>
-      <c r="C302" s="253"/>
-[...8 lines deleted...]
-      <c r="L302" s="253"/>
+      <c r="C302" s="207"/>
+      <c r="D302" s="207"/>
+      <c r="E302" s="207"/>
+      <c r="F302" s="207"/>
+      <c r="G302" s="207"/>
+      <c r="H302" s="207"/>
+      <c r="I302" s="207"/>
+      <c r="J302" s="207"/>
+      <c r="K302" s="207"/>
+      <c r="L302" s="207"/>
       <c r="M302" s="135"/>
       <c r="N302" s="135"/>
-      <c r="Q302" s="301"/>
-[...1 lines deleted...]
-      <c r="T302" s="210"/>
+      <c r="Q302" s="168"/>
+      <c r="S302" s="161"/>
+      <c r="T302" s="162"/>
     </row>
     <row r="303" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B303" s="252"/>
-[...9 lines deleted...]
-      <c r="L303" s="253"/>
+      <c r="B303" s="206"/>
+      <c r="C303" s="207"/>
+      <c r="D303" s="207"/>
+      <c r="E303" s="207"/>
+      <c r="F303" s="207"/>
+      <c r="G303" s="207"/>
+      <c r="H303" s="207"/>
+      <c r="I303" s="207"/>
+      <c r="J303" s="207"/>
+      <c r="K303" s="207"/>
+      <c r="L303" s="207"/>
       <c r="M303" s="135"/>
       <c r="N303" s="135"/>
-      <c r="Q303" s="301"/>
-[...1 lines deleted...]
-      <c r="T303" s="210"/>
+      <c r="Q303" s="168"/>
+      <c r="S303" s="161"/>
+      <c r="T303" s="162"/>
     </row>
     <row r="304" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B304" s="252"/>
-[...9 lines deleted...]
-      <c r="L304" s="253"/>
+      <c r="B304" s="206"/>
+      <c r="C304" s="207"/>
+      <c r="D304" s="207"/>
+      <c r="E304" s="207"/>
+      <c r="F304" s="207"/>
+      <c r="G304" s="207"/>
+      <c r="H304" s="207"/>
+      <c r="I304" s="207"/>
+      <c r="J304" s="207"/>
+      <c r="K304" s="207"/>
+      <c r="L304" s="207"/>
       <c r="M304" s="135"/>
       <c r="N304" s="135"/>
-      <c r="Q304" s="301"/>
-[...1 lines deleted...]
-      <c r="T304" s="210"/>
+      <c r="Q304" s="168"/>
+      <c r="S304" s="161"/>
+      <c r="T304" s="162"/>
     </row>
     <row r="305" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B305" s="252"/>
-[...9 lines deleted...]
-      <c r="L305" s="253"/>
+      <c r="B305" s="206"/>
+      <c r="C305" s="207"/>
+      <c r="D305" s="207"/>
+      <c r="E305" s="207"/>
+      <c r="F305" s="207"/>
+      <c r="G305" s="207"/>
+      <c r="H305" s="207"/>
+      <c r="I305" s="207"/>
+      <c r="J305" s="207"/>
+      <c r="K305" s="207"/>
+      <c r="L305" s="207"/>
       <c r="M305" s="135"/>
       <c r="N305" s="135"/>
-      <c r="Q305" s="301"/>
-[...1 lines deleted...]
-      <c r="T305" s="210"/>
+      <c r="Q305" s="168"/>
+      <c r="S305" s="161"/>
+      <c r="T305" s="162"/>
     </row>
     <row r="306" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B306" s="252"/>
-[...9 lines deleted...]
-      <c r="L306" s="253"/>
+      <c r="B306" s="206"/>
+      <c r="C306" s="207"/>
+      <c r="D306" s="207"/>
+      <c r="E306" s="207"/>
+      <c r="F306" s="207"/>
+      <c r="G306" s="207"/>
+      <c r="H306" s="207"/>
+      <c r="I306" s="207"/>
+      <c r="J306" s="207"/>
+      <c r="K306" s="207"/>
+      <c r="L306" s="207"/>
       <c r="M306" s="135"/>
       <c r="N306" s="135"/>
-      <c r="Q306" s="301"/>
-[...1 lines deleted...]
-      <c r="T306" s="210"/>
+      <c r="Q306" s="168"/>
+      <c r="S306" s="161"/>
+      <c r="T306" s="162"/>
     </row>
     <row r="307" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B307" s="252"/>
-[...9 lines deleted...]
-      <c r="L307" s="253"/>
+      <c r="B307" s="206"/>
+      <c r="C307" s="207"/>
+      <c r="D307" s="207"/>
+      <c r="E307" s="207"/>
+      <c r="F307" s="207"/>
+      <c r="G307" s="207"/>
+      <c r="H307" s="207"/>
+      <c r="I307" s="207"/>
+      <c r="J307" s="207"/>
+      <c r="K307" s="207"/>
+      <c r="L307" s="207"/>
       <c r="M307" s="135"/>
       <c r="N307" s="135"/>
-      <c r="Q307" s="301"/>
-[...1 lines deleted...]
-      <c r="T307" s="210"/>
+      <c r="Q307" s="168"/>
+      <c r="S307" s="161"/>
+      <c r="T307" s="162"/>
     </row>
     <row r="308" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B308" s="252"/>
-[...9 lines deleted...]
-      <c r="L308" s="253"/>
+      <c r="B308" s="206"/>
+      <c r="C308" s="207"/>
+      <c r="D308" s="207"/>
+      <c r="E308" s="207"/>
+      <c r="F308" s="207"/>
+      <c r="G308" s="207"/>
+      <c r="H308" s="207"/>
+      <c r="I308" s="207"/>
+      <c r="J308" s="207"/>
+      <c r="K308" s="207"/>
+      <c r="L308" s="207"/>
       <c r="M308" s="135"/>
       <c r="N308" s="135"/>
-      <c r="Q308" s="301"/>
-[...1 lines deleted...]
-      <c r="T308" s="210"/>
+      <c r="Q308" s="168"/>
+      <c r="S308" s="161"/>
+      <c r="T308" s="162"/>
     </row>
     <row r="309" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B309" s="10"/>
-      <c r="C309" s="250" t="s">
+      <c r="C309" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D309" s="250"/>
-[...7 lines deleted...]
-      <c r="L309" s="250"/>
+      <c r="D309" s="204"/>
+      <c r="E309" s="204"/>
+      <c r="F309" s="204"/>
+      <c r="G309" s="204"/>
+      <c r="H309" s="204"/>
+      <c r="I309" s="204"/>
+      <c r="J309" s="204"/>
+      <c r="K309" s="204"/>
+      <c r="L309" s="204"/>
       <c r="M309" s="110">
         <f>SUM(M302:M308)</f>
         <v>0</v>
       </c>
       <c r="N309" s="110">
         <f>SUM(N302:N308)</f>
         <v>0</v>
       </c>
-      <c r="Q309" s="302"/>
+      <c r="Q309" s="169"/>
       <c r="R309" s="27" t="str">
         <f>IF(VLOOKUP(B302,$B$65:$M$71,12,FALSE)-M309=0,IF(VLOOKUP(B302,$B$65:$N$71,13,FALSE)-N309=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S309" s="211"/>
-      <c r="T309" s="212"/>
+      <c r="S309" s="163"/>
+      <c r="T309" s="164"/>
     </row>
     <row r="310" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B310" s="10"/>
     </row>
     <row r="311" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B311" s="10"/>
     </row>
     <row r="312" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B312" s="145" t="s">
+      <c r="B312" s="205" t="s">
         <v>179</v>
       </c>
-      <c r="C312" s="145"/>
-[...10 lines deleted...]
-      <c r="N312" s="145"/>
+      <c r="C312" s="205"/>
+      <c r="D312" s="205"/>
+      <c r="E312" s="205"/>
+      <c r="F312" s="205"/>
+      <c r="G312" s="205"/>
+      <c r="H312" s="205"/>
+      <c r="I312" s="205"/>
+      <c r="J312" s="205"/>
+      <c r="K312" s="205"/>
+      <c r="L312" s="205"/>
+      <c r="M312" s="205"/>
+      <c r="N312" s="205"/>
     </row>
     <row r="313" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B313" s="10"/>
     </row>
     <row r="314" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B314" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C314" s="251" t="s">
+      <c r="C314" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D314" s="251"/>
-[...7 lines deleted...]
-      <c r="L314" s="251"/>
+      <c r="D314" s="208"/>
+      <c r="E314" s="208"/>
+      <c r="F314" s="208"/>
+      <c r="G314" s="208"/>
+      <c r="H314" s="208"/>
+      <c r="I314" s="208"/>
+      <c r="J314" s="208"/>
+      <c r="K314" s="208"/>
+      <c r="L314" s="208"/>
       <c r="M314" s="30" t="s">
         <v>48</v>
       </c>
       <c r="N314" s="30" t="s">
         <v>49</v>
       </c>
-      <c r="Q314" s="300" t="s">
+      <c r="Q314" s="167" t="s">
         <v>29</v>
       </c>
-      <c r="S314" s="207" t="s">
+      <c r="S314" s="152" t="s">
         <v>180</v>
       </c>
-      <c r="T314" s="208"/>
+      <c r="T314" s="160"/>
     </row>
     <row r="315" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B315" s="252" t="s">
+      <c r="B315" s="206" t="s">
         <v>85</v>
       </c>
-      <c r="C315" s="253"/>
-[...8 lines deleted...]
-      <c r="L315" s="253"/>
+      <c r="C315" s="207"/>
+      <c r="D315" s="207"/>
+      <c r="E315" s="207"/>
+      <c r="F315" s="207"/>
+      <c r="G315" s="207"/>
+      <c r="H315" s="207"/>
+      <c r="I315" s="207"/>
+      <c r="J315" s="207"/>
+      <c r="K315" s="207"/>
+      <c r="L315" s="207"/>
       <c r="M315" s="135"/>
       <c r="N315" s="135"/>
-      <c r="Q315" s="301"/>
-[...1 lines deleted...]
-      <c r="T315" s="210"/>
+      <c r="Q315" s="168"/>
+      <c r="S315" s="161"/>
+      <c r="T315" s="162"/>
     </row>
     <row r="316" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B316" s="252"/>
-[...9 lines deleted...]
-      <c r="L316" s="253"/>
+      <c r="B316" s="206"/>
+      <c r="C316" s="207"/>
+      <c r="D316" s="207"/>
+      <c r="E316" s="207"/>
+      <c r="F316" s="207"/>
+      <c r="G316" s="207"/>
+      <c r="H316" s="207"/>
+      <c r="I316" s="207"/>
+      <c r="J316" s="207"/>
+      <c r="K316" s="207"/>
+      <c r="L316" s="207"/>
       <c r="M316" s="135"/>
       <c r="N316" s="135"/>
-      <c r="Q316" s="301"/>
-[...1 lines deleted...]
-      <c r="T316" s="210"/>
+      <c r="Q316" s="168"/>
+      <c r="S316" s="161"/>
+      <c r="T316" s="162"/>
     </row>
     <row r="317" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B317" s="252"/>
-[...9 lines deleted...]
-      <c r="L317" s="253"/>
+      <c r="B317" s="206"/>
+      <c r="C317" s="207"/>
+      <c r="D317" s="207"/>
+      <c r="E317" s="207"/>
+      <c r="F317" s="207"/>
+      <c r="G317" s="207"/>
+      <c r="H317" s="207"/>
+      <c r="I317" s="207"/>
+      <c r="J317" s="207"/>
+      <c r="K317" s="207"/>
+      <c r="L317" s="207"/>
       <c r="M317" s="135"/>
       <c r="N317" s="135"/>
-      <c r="Q317" s="301"/>
-[...1 lines deleted...]
-      <c r="T317" s="210"/>
+      <c r="Q317" s="168"/>
+      <c r="S317" s="161"/>
+      <c r="T317" s="162"/>
     </row>
     <row r="318" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B318" s="252"/>
-[...9 lines deleted...]
-      <c r="L318" s="253"/>
+      <c r="B318" s="206"/>
+      <c r="C318" s="207"/>
+      <c r="D318" s="207"/>
+      <c r="E318" s="207"/>
+      <c r="F318" s="207"/>
+      <c r="G318" s="207"/>
+      <c r="H318" s="207"/>
+      <c r="I318" s="207"/>
+      <c r="J318" s="207"/>
+      <c r="K318" s="207"/>
+      <c r="L318" s="207"/>
       <c r="M318" s="135"/>
       <c r="N318" s="135"/>
-      <c r="Q318" s="301"/>
-[...1 lines deleted...]
-      <c r="T318" s="210"/>
+      <c r="Q318" s="168"/>
+      <c r="S318" s="161"/>
+      <c r="T318" s="162"/>
     </row>
     <row r="319" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B319" s="252"/>
-[...9 lines deleted...]
-      <c r="L319" s="253"/>
+      <c r="B319" s="206"/>
+      <c r="C319" s="207"/>
+      <c r="D319" s="207"/>
+      <c r="E319" s="207"/>
+      <c r="F319" s="207"/>
+      <c r="G319" s="207"/>
+      <c r="H319" s="207"/>
+      <c r="I319" s="207"/>
+      <c r="J319" s="207"/>
+      <c r="K319" s="207"/>
+      <c r="L319" s="207"/>
       <c r="M319" s="135"/>
       <c r="N319" s="135"/>
-      <c r="Q319" s="301"/>
-[...1 lines deleted...]
-      <c r="T319" s="210"/>
+      <c r="Q319" s="168"/>
+      <c r="S319" s="161"/>
+      <c r="T319" s="162"/>
     </row>
     <row r="320" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B320" s="252"/>
-[...9 lines deleted...]
-      <c r="L320" s="253"/>
+      <c r="B320" s="206"/>
+      <c r="C320" s="207"/>
+      <c r="D320" s="207"/>
+      <c r="E320" s="207"/>
+      <c r="F320" s="207"/>
+      <c r="G320" s="207"/>
+      <c r="H320" s="207"/>
+      <c r="I320" s="207"/>
+      <c r="J320" s="207"/>
+      <c r="K320" s="207"/>
+      <c r="L320" s="207"/>
       <c r="M320" s="135"/>
       <c r="N320" s="135"/>
-      <c r="Q320" s="301"/>
-[...1 lines deleted...]
-      <c r="T320" s="210"/>
+      <c r="Q320" s="168"/>
+      <c r="S320" s="161"/>
+      <c r="T320" s="162"/>
     </row>
     <row r="321" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B321" s="252"/>
-[...9 lines deleted...]
-      <c r="L321" s="253"/>
+      <c r="B321" s="206"/>
+      <c r="C321" s="207"/>
+      <c r="D321" s="207"/>
+      <c r="E321" s="207"/>
+      <c r="F321" s="207"/>
+      <c r="G321" s="207"/>
+      <c r="H321" s="207"/>
+      <c r="I321" s="207"/>
+      <c r="J321" s="207"/>
+      <c r="K321" s="207"/>
+      <c r="L321" s="207"/>
       <c r="M321" s="135"/>
       <c r="N321" s="135"/>
-      <c r="Q321" s="301"/>
-[...1 lines deleted...]
-      <c r="T321" s="210"/>
+      <c r="Q321" s="168"/>
+      <c r="S321" s="161"/>
+      <c r="T321" s="162"/>
     </row>
     <row r="322" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B322" s="10"/>
-      <c r="C322" s="250" t="s">
+      <c r="C322" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D322" s="250"/>
-[...7 lines deleted...]
-      <c r="L322" s="250"/>
+      <c r="D322" s="204"/>
+      <c r="E322" s="204"/>
+      <c r="F322" s="204"/>
+      <c r="G322" s="204"/>
+      <c r="H322" s="204"/>
+      <c r="I322" s="204"/>
+      <c r="J322" s="204"/>
+      <c r="K322" s="204"/>
+      <c r="L322" s="204"/>
       <c r="M322" s="110">
         <f>SUM(M315:M321)</f>
         <v>0</v>
       </c>
       <c r="N322" s="110">
         <f>SUM(N315:N321)</f>
         <v>0</v>
       </c>
-      <c r="Q322" s="301"/>
+      <c r="Q322" s="168"/>
       <c r="R322" s="27" t="str">
         <f>IF(VLOOKUP(B315,$B$84:$M$91,12,FALSE)-M322=0,IF(VLOOKUP(B315,$B$84:$N$91,13,FALSE)-N322=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S322" s="209"/>
-      <c r="T322" s="210"/>
+      <c r="S322" s="161"/>
+      <c r="T322" s="162"/>
     </row>
     <row r="323" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B323" s="10"/>
       <c r="M323" s="136"/>
       <c r="N323" s="136"/>
-      <c r="Q323" s="301"/>
-[...1 lines deleted...]
-      <c r="T323" s="210"/>
+      <c r="Q323" s="168"/>
+      <c r="S323" s="161"/>
+      <c r="T323" s="162"/>
     </row>
     <row r="324" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B324" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C324" s="251" t="s">
+      <c r="C324" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D324" s="251"/>
-[...7 lines deleted...]
-      <c r="L324" s="251"/>
+      <c r="D324" s="208"/>
+      <c r="E324" s="208"/>
+      <c r="F324" s="208"/>
+      <c r="G324" s="208"/>
+      <c r="H324" s="208"/>
+      <c r="I324" s="208"/>
+      <c r="J324" s="208"/>
+      <c r="K324" s="208"/>
+      <c r="L324" s="208"/>
       <c r="M324" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N324" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q324" s="301"/>
-[...1 lines deleted...]
-      <c r="T324" s="210"/>
+      <c r="Q324" s="168"/>
+      <c r="S324" s="161"/>
+      <c r="T324" s="162"/>
     </row>
     <row r="325" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B325" s="252" t="s">
+      <c r="B325" s="206" t="s">
         <v>86</v>
       </c>
-      <c r="C325" s="253"/>
-[...8 lines deleted...]
-      <c r="L325" s="253"/>
+      <c r="C325" s="207"/>
+      <c r="D325" s="207"/>
+      <c r="E325" s="207"/>
+      <c r="F325" s="207"/>
+      <c r="G325" s="207"/>
+      <c r="H325" s="207"/>
+      <c r="I325" s="207"/>
+      <c r="J325" s="207"/>
+      <c r="K325" s="207"/>
+      <c r="L325" s="207"/>
       <c r="M325" s="135"/>
       <c r="N325" s="135"/>
-      <c r="Q325" s="301"/>
-[...1 lines deleted...]
-      <c r="T325" s="210"/>
+      <c r="Q325" s="168"/>
+      <c r="S325" s="161"/>
+      <c r="T325" s="162"/>
     </row>
     <row r="326" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B326" s="252"/>
-[...9 lines deleted...]
-      <c r="L326" s="253"/>
+      <c r="B326" s="206"/>
+      <c r="C326" s="207"/>
+      <c r="D326" s="207"/>
+      <c r="E326" s="207"/>
+      <c r="F326" s="207"/>
+      <c r="G326" s="207"/>
+      <c r="H326" s="207"/>
+      <c r="I326" s="207"/>
+      <c r="J326" s="207"/>
+      <c r="K326" s="207"/>
+      <c r="L326" s="207"/>
       <c r="M326" s="135"/>
       <c r="N326" s="135"/>
-      <c r="Q326" s="301"/>
-[...1 lines deleted...]
-      <c r="T326" s="210"/>
+      <c r="Q326" s="168"/>
+      <c r="S326" s="161"/>
+      <c r="T326" s="162"/>
     </row>
     <row r="327" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B327" s="252"/>
-[...9 lines deleted...]
-      <c r="L327" s="253"/>
+      <c r="B327" s="206"/>
+      <c r="C327" s="207"/>
+      <c r="D327" s="207"/>
+      <c r="E327" s="207"/>
+      <c r="F327" s="207"/>
+      <c r="G327" s="207"/>
+      <c r="H327" s="207"/>
+      <c r="I327" s="207"/>
+      <c r="J327" s="207"/>
+      <c r="K327" s="207"/>
+      <c r="L327" s="207"/>
       <c r="M327" s="135"/>
       <c r="N327" s="135"/>
-      <c r="Q327" s="301"/>
-[...1 lines deleted...]
-      <c r="T327" s="210"/>
+      <c r="Q327" s="168"/>
+      <c r="S327" s="161"/>
+      <c r="T327" s="162"/>
     </row>
     <row r="328" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B328" s="252"/>
-[...9 lines deleted...]
-      <c r="L328" s="253"/>
+      <c r="B328" s="206"/>
+      <c r="C328" s="207"/>
+      <c r="D328" s="207"/>
+      <c r="E328" s="207"/>
+      <c r="F328" s="207"/>
+      <c r="G328" s="207"/>
+      <c r="H328" s="207"/>
+      <c r="I328" s="207"/>
+      <c r="J328" s="207"/>
+      <c r="K328" s="207"/>
+      <c r="L328" s="207"/>
       <c r="M328" s="135"/>
       <c r="N328" s="135"/>
-      <c r="Q328" s="301"/>
-[...1 lines deleted...]
-      <c r="T328" s="210"/>
+      <c r="Q328" s="168"/>
+      <c r="S328" s="161"/>
+      <c r="T328" s="162"/>
     </row>
     <row r="329" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B329" s="252"/>
-[...9 lines deleted...]
-      <c r="L329" s="253"/>
+      <c r="B329" s="206"/>
+      <c r="C329" s="207"/>
+      <c r="D329" s="207"/>
+      <c r="E329" s="207"/>
+      <c r="F329" s="207"/>
+      <c r="G329" s="207"/>
+      <c r="H329" s="207"/>
+      <c r="I329" s="207"/>
+      <c r="J329" s="207"/>
+      <c r="K329" s="207"/>
+      <c r="L329" s="207"/>
       <c r="M329" s="135"/>
       <c r="N329" s="135"/>
-      <c r="Q329" s="301"/>
-[...1 lines deleted...]
-      <c r="T329" s="210"/>
+      <c r="Q329" s="168"/>
+      <c r="S329" s="161"/>
+      <c r="T329" s="162"/>
     </row>
     <row r="330" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B330" s="252"/>
-[...9 lines deleted...]
-      <c r="L330" s="253"/>
+      <c r="B330" s="206"/>
+      <c r="C330" s="207"/>
+      <c r="D330" s="207"/>
+      <c r="E330" s="207"/>
+      <c r="F330" s="207"/>
+      <c r="G330" s="207"/>
+      <c r="H330" s="207"/>
+      <c r="I330" s="207"/>
+      <c r="J330" s="207"/>
+      <c r="K330" s="207"/>
+      <c r="L330" s="207"/>
       <c r="M330" s="135"/>
       <c r="N330" s="135"/>
-      <c r="Q330" s="301"/>
-[...1 lines deleted...]
-      <c r="T330" s="210"/>
+      <c r="Q330" s="168"/>
+      <c r="S330" s="161"/>
+      <c r="T330" s="162"/>
     </row>
     <row r="331" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B331" s="252"/>
-[...9 lines deleted...]
-      <c r="L331" s="253"/>
+      <c r="B331" s="206"/>
+      <c r="C331" s="207"/>
+      <c r="D331" s="207"/>
+      <c r="E331" s="207"/>
+      <c r="F331" s="207"/>
+      <c r="G331" s="207"/>
+      <c r="H331" s="207"/>
+      <c r="I331" s="207"/>
+      <c r="J331" s="207"/>
+      <c r="K331" s="207"/>
+      <c r="L331" s="207"/>
       <c r="M331" s="135"/>
       <c r="N331" s="135"/>
-      <c r="Q331" s="301"/>
-[...1 lines deleted...]
-      <c r="T331" s="210"/>
+      <c r="Q331" s="168"/>
+      <c r="S331" s="161"/>
+      <c r="T331" s="162"/>
     </row>
     <row r="332" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B332" s="10"/>
-      <c r="C332" s="250" t="s">
+      <c r="C332" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D332" s="250"/>
-[...7 lines deleted...]
-      <c r="L332" s="250"/>
+      <c r="D332" s="204"/>
+      <c r="E332" s="204"/>
+      <c r="F332" s="204"/>
+      <c r="G332" s="204"/>
+      <c r="H332" s="204"/>
+      <c r="I332" s="204"/>
+      <c r="J332" s="204"/>
+      <c r="K332" s="204"/>
+      <c r="L332" s="204"/>
       <c r="M332" s="110">
         <f>SUM(M325:M331)</f>
         <v>0</v>
       </c>
       <c r="N332" s="110">
         <f>SUM(N325:N331)</f>
         <v>0</v>
       </c>
-      <c r="Q332" s="301"/>
+      <c r="Q332" s="168"/>
       <c r="R332" s="27" t="str">
         <f>IF(VLOOKUP(B325,$B$84:$M$91,12,FALSE)-M332=0,IF(VLOOKUP(B325,$B$84:$N$91,13,FALSE)-N332=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S332" s="209"/>
-      <c r="T332" s="210"/>
+      <c r="S332" s="161"/>
+      <c r="T332" s="162"/>
     </row>
     <row r="333" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B333" s="10"/>
       <c r="M333" s="136"/>
       <c r="N333" s="136"/>
-      <c r="Q333" s="301"/>
-[...1 lines deleted...]
-      <c r="T333" s="210"/>
+      <c r="Q333" s="168"/>
+      <c r="S333" s="161"/>
+      <c r="T333" s="162"/>
     </row>
     <row r="334" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B334" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C334" s="251" t="s">
+      <c r="C334" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D334" s="251"/>
-[...7 lines deleted...]
-      <c r="L334" s="251"/>
+      <c r="D334" s="208"/>
+      <c r="E334" s="208"/>
+      <c r="F334" s="208"/>
+      <c r="G334" s="208"/>
+      <c r="H334" s="208"/>
+      <c r="I334" s="208"/>
+      <c r="J334" s="208"/>
+      <c r="K334" s="208"/>
+      <c r="L334" s="208"/>
       <c r="M334" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N334" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q334" s="301"/>
-[...1 lines deleted...]
-      <c r="T334" s="210"/>
+      <c r="Q334" s="168"/>
+      <c r="S334" s="161"/>
+      <c r="T334" s="162"/>
     </row>
     <row r="335" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B335" s="252" t="s">
+      <c r="B335" s="206" t="s">
         <v>87</v>
       </c>
-      <c r="C335" s="253"/>
-[...8 lines deleted...]
-      <c r="L335" s="253"/>
+      <c r="C335" s="207"/>
+      <c r="D335" s="207"/>
+      <c r="E335" s="207"/>
+      <c r="F335" s="207"/>
+      <c r="G335" s="207"/>
+      <c r="H335" s="207"/>
+      <c r="I335" s="207"/>
+      <c r="J335" s="207"/>
+      <c r="K335" s="207"/>
+      <c r="L335" s="207"/>
       <c r="M335" s="135"/>
       <c r="N335" s="135"/>
-      <c r="Q335" s="301"/>
-[...1 lines deleted...]
-      <c r="T335" s="210"/>
+      <c r="Q335" s="168"/>
+      <c r="S335" s="161"/>
+      <c r="T335" s="162"/>
     </row>
     <row r="336" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B336" s="252"/>
-[...9 lines deleted...]
-      <c r="L336" s="253"/>
+      <c r="B336" s="206"/>
+      <c r="C336" s="207"/>
+      <c r="D336" s="207"/>
+      <c r="E336" s="207"/>
+      <c r="F336" s="207"/>
+      <c r="G336" s="207"/>
+      <c r="H336" s="207"/>
+      <c r="I336" s="207"/>
+      <c r="J336" s="207"/>
+      <c r="K336" s="207"/>
+      <c r="L336" s="207"/>
       <c r="M336" s="135"/>
       <c r="N336" s="135"/>
-      <c r="Q336" s="301"/>
-[...1 lines deleted...]
-      <c r="T336" s="210"/>
+      <c r="Q336" s="168"/>
+      <c r="S336" s="161"/>
+      <c r="T336" s="162"/>
     </row>
     <row r="337" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B337" s="252"/>
-[...9 lines deleted...]
-      <c r="L337" s="253"/>
+      <c r="B337" s="206"/>
+      <c r="C337" s="207"/>
+      <c r="D337" s="207"/>
+      <c r="E337" s="207"/>
+      <c r="F337" s="207"/>
+      <c r="G337" s="207"/>
+      <c r="H337" s="207"/>
+      <c r="I337" s="207"/>
+      <c r="J337" s="207"/>
+      <c r="K337" s="207"/>
+      <c r="L337" s="207"/>
       <c r="M337" s="135"/>
       <c r="N337" s="135"/>
-      <c r="Q337" s="301"/>
-[...1 lines deleted...]
-      <c r="T337" s="210"/>
+      <c r="Q337" s="168"/>
+      <c r="S337" s="161"/>
+      <c r="T337" s="162"/>
     </row>
     <row r="338" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B338" s="252"/>
-[...9 lines deleted...]
-      <c r="L338" s="253"/>
+      <c r="B338" s="206"/>
+      <c r="C338" s="207"/>
+      <c r="D338" s="207"/>
+      <c r="E338" s="207"/>
+      <c r="F338" s="207"/>
+      <c r="G338" s="207"/>
+      <c r="H338" s="207"/>
+      <c r="I338" s="207"/>
+      <c r="J338" s="207"/>
+      <c r="K338" s="207"/>
+      <c r="L338" s="207"/>
       <c r="M338" s="135"/>
       <c r="N338" s="135"/>
-      <c r="Q338" s="301"/>
-[...1 lines deleted...]
-      <c r="T338" s="210"/>
+      <c r="Q338" s="168"/>
+      <c r="S338" s="161"/>
+      <c r="T338" s="162"/>
     </row>
     <row r="339" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B339" s="252"/>
-[...9 lines deleted...]
-      <c r="L339" s="253"/>
+      <c r="B339" s="206"/>
+      <c r="C339" s="207"/>
+      <c r="D339" s="207"/>
+      <c r="E339" s="207"/>
+      <c r="F339" s="207"/>
+      <c r="G339" s="207"/>
+      <c r="H339" s="207"/>
+      <c r="I339" s="207"/>
+      <c r="J339" s="207"/>
+      <c r="K339" s="207"/>
+      <c r="L339" s="207"/>
       <c r="M339" s="135"/>
       <c r="N339" s="135"/>
-      <c r="Q339" s="301"/>
-[...1 lines deleted...]
-      <c r="T339" s="210"/>
+      <c r="Q339" s="168"/>
+      <c r="S339" s="161"/>
+      <c r="T339" s="162"/>
     </row>
     <row r="340" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B340" s="252"/>
-[...9 lines deleted...]
-      <c r="L340" s="253"/>
+      <c r="B340" s="206"/>
+      <c r="C340" s="207"/>
+      <c r="D340" s="207"/>
+      <c r="E340" s="207"/>
+      <c r="F340" s="207"/>
+      <c r="G340" s="207"/>
+      <c r="H340" s="207"/>
+      <c r="I340" s="207"/>
+      <c r="J340" s="207"/>
+      <c r="K340" s="207"/>
+      <c r="L340" s="207"/>
       <c r="M340" s="135"/>
       <c r="N340" s="135"/>
-      <c r="Q340" s="301"/>
-[...1 lines deleted...]
-      <c r="T340" s="210"/>
+      <c r="Q340" s="168"/>
+      <c r="S340" s="161"/>
+      <c r="T340" s="162"/>
     </row>
     <row r="341" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B341" s="252"/>
-[...9 lines deleted...]
-      <c r="L341" s="253"/>
+      <c r="B341" s="206"/>
+      <c r="C341" s="207"/>
+      <c r="D341" s="207"/>
+      <c r="E341" s="207"/>
+      <c r="F341" s="207"/>
+      <c r="G341" s="207"/>
+      <c r="H341" s="207"/>
+      <c r="I341" s="207"/>
+      <c r="J341" s="207"/>
+      <c r="K341" s="207"/>
+      <c r="L341" s="207"/>
       <c r="M341" s="135"/>
       <c r="N341" s="135"/>
-      <c r="Q341" s="301"/>
-[...1 lines deleted...]
-      <c r="T341" s="210"/>
+      <c r="Q341" s="168"/>
+      <c r="S341" s="161"/>
+      <c r="T341" s="162"/>
     </row>
     <row r="342" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B342" s="10"/>
-      <c r="C342" s="250" t="s">
+      <c r="C342" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D342" s="250"/>
-[...7 lines deleted...]
-      <c r="L342" s="250"/>
+      <c r="D342" s="204"/>
+      <c r="E342" s="204"/>
+      <c r="F342" s="204"/>
+      <c r="G342" s="204"/>
+      <c r="H342" s="204"/>
+      <c r="I342" s="204"/>
+      <c r="J342" s="204"/>
+      <c r="K342" s="204"/>
+      <c r="L342" s="204"/>
       <c r="M342" s="110">
         <f>SUM(M335:M341)</f>
         <v>0</v>
       </c>
       <c r="N342" s="110">
         <f>SUM(N335:N341)</f>
         <v>0</v>
       </c>
-      <c r="Q342" s="301"/>
+      <c r="Q342" s="168"/>
       <c r="R342" s="27" t="str">
         <f>IF(VLOOKUP(B335,$B$84:$M$91,12,FALSE)-M342=0,IF(VLOOKUP(B335,$B$84:$N$91,13,FALSE)-N342=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S342" s="209"/>
-      <c r="T342" s="210"/>
+      <c r="S342" s="161"/>
+      <c r="T342" s="162"/>
     </row>
     <row r="343" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B343" s="10"/>
-      <c r="Q343" s="302"/>
-[...1 lines deleted...]
-      <c r="T343" s="210"/>
+      <c r="Q343" s="169"/>
+      <c r="S343" s="161"/>
+      <c r="T343" s="162"/>
     </row>
     <row r="344" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B344" s="10"/>
     </row>
     <row r="345" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B345" s="10"/>
     </row>
     <row r="346" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B346" s="145" t="s">
+      <c r="B346" s="205" t="s">
         <v>181</v>
       </c>
-      <c r="C346" s="145"/>
-[...10 lines deleted...]
-      <c r="N346" s="145"/>
+      <c r="C346" s="205"/>
+      <c r="D346" s="205"/>
+      <c r="E346" s="205"/>
+      <c r="F346" s="205"/>
+      <c r="G346" s="205"/>
+      <c r="H346" s="205"/>
+      <c r="I346" s="205"/>
+      <c r="J346" s="205"/>
+      <c r="K346" s="205"/>
+      <c r="L346" s="205"/>
+      <c r="M346" s="205"/>
+      <c r="N346" s="205"/>
     </row>
     <row r="347" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B347" s="10"/>
     </row>
     <row r="348" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B348" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C348" s="251" t="s">
+      <c r="C348" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D348" s="251"/>
-[...7 lines deleted...]
-      <c r="L348" s="251"/>
+      <c r="D348" s="208"/>
+      <c r="E348" s="208"/>
+      <c r="F348" s="208"/>
+      <c r="G348" s="208"/>
+      <c r="H348" s="208"/>
+      <c r="I348" s="208"/>
+      <c r="J348" s="208"/>
+      <c r="K348" s="208"/>
+      <c r="L348" s="208"/>
       <c r="M348" s="30" t="s">
         <v>48</v>
       </c>
       <c r="N348" s="30" t="s">
         <v>49</v>
       </c>
-      <c r="Q348" s="300" t="s">
+      <c r="Q348" s="167" t="s">
         <v>29</v>
       </c>
-      <c r="S348" s="207" t="s">
+      <c r="S348" s="152" t="s">
         <v>182</v>
       </c>
-      <c r="T348" s="208"/>
+      <c r="T348" s="160"/>
     </row>
     <row r="349" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B349" s="252" t="s">
+      <c r="B349" s="206" t="s">
         <v>97</v>
       </c>
-      <c r="C349" s="253"/>
-[...8 lines deleted...]
-      <c r="L349" s="253"/>
+      <c r="C349" s="207"/>
+      <c r="D349" s="207"/>
+      <c r="E349" s="207"/>
+      <c r="F349" s="207"/>
+      <c r="G349" s="207"/>
+      <c r="H349" s="207"/>
+      <c r="I349" s="207"/>
+      <c r="J349" s="207"/>
+      <c r="K349" s="207"/>
+      <c r="L349" s="207"/>
       <c r="M349" s="135"/>
       <c r="N349" s="135"/>
-      <c r="Q349" s="301"/>
-[...1 lines deleted...]
-      <c r="T349" s="210"/>
+      <c r="Q349" s="168"/>
+      <c r="S349" s="161"/>
+      <c r="T349" s="162"/>
     </row>
     <row r="350" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B350" s="252"/>
-[...9 lines deleted...]
-      <c r="L350" s="253"/>
+      <c r="B350" s="206"/>
+      <c r="C350" s="207"/>
+      <c r="D350" s="207"/>
+      <c r="E350" s="207"/>
+      <c r="F350" s="207"/>
+      <c r="G350" s="207"/>
+      <c r="H350" s="207"/>
+      <c r="I350" s="207"/>
+      <c r="J350" s="207"/>
+      <c r="K350" s="207"/>
+      <c r="L350" s="207"/>
       <c r="M350" s="135"/>
       <c r="N350" s="135"/>
-      <c r="Q350" s="301"/>
-[...1 lines deleted...]
-      <c r="T350" s="210"/>
+      <c r="Q350" s="168"/>
+      <c r="S350" s="161"/>
+      <c r="T350" s="162"/>
     </row>
     <row r="351" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B351" s="252"/>
-[...9 lines deleted...]
-      <c r="L351" s="253"/>
+      <c r="B351" s="206"/>
+      <c r="C351" s="207"/>
+      <c r="D351" s="207"/>
+      <c r="E351" s="207"/>
+      <c r="F351" s="207"/>
+      <c r="G351" s="207"/>
+      <c r="H351" s="207"/>
+      <c r="I351" s="207"/>
+      <c r="J351" s="207"/>
+      <c r="K351" s="207"/>
+      <c r="L351" s="207"/>
       <c r="M351" s="135"/>
       <c r="N351" s="135"/>
-      <c r="Q351" s="301"/>
-[...1 lines deleted...]
-      <c r="T351" s="210"/>
+      <c r="Q351" s="168"/>
+      <c r="S351" s="161"/>
+      <c r="T351" s="162"/>
     </row>
     <row r="352" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B352" s="252"/>
-[...9 lines deleted...]
-      <c r="L352" s="253"/>
+      <c r="B352" s="206"/>
+      <c r="C352" s="207"/>
+      <c r="D352" s="207"/>
+      <c r="E352" s="207"/>
+      <c r="F352" s="207"/>
+      <c r="G352" s="207"/>
+      <c r="H352" s="207"/>
+      <c r="I352" s="207"/>
+      <c r="J352" s="207"/>
+      <c r="K352" s="207"/>
+      <c r="L352" s="207"/>
       <c r="M352" s="135"/>
       <c r="N352" s="135"/>
-      <c r="Q352" s="301"/>
-[...1 lines deleted...]
-      <c r="T352" s="210"/>
+      <c r="Q352" s="168"/>
+      <c r="S352" s="161"/>
+      <c r="T352" s="162"/>
     </row>
     <row r="353" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B353" s="252"/>
-[...9 lines deleted...]
-      <c r="L353" s="253"/>
+      <c r="B353" s="206"/>
+      <c r="C353" s="207"/>
+      <c r="D353" s="207"/>
+      <c r="E353" s="207"/>
+      <c r="F353" s="207"/>
+      <c r="G353" s="207"/>
+      <c r="H353" s="207"/>
+      <c r="I353" s="207"/>
+      <c r="J353" s="207"/>
+      <c r="K353" s="207"/>
+      <c r="L353" s="207"/>
       <c r="M353" s="135"/>
       <c r="N353" s="135"/>
-      <c r="Q353" s="301"/>
-[...1 lines deleted...]
-      <c r="T353" s="210"/>
+      <c r="Q353" s="168"/>
+      <c r="S353" s="161"/>
+      <c r="T353" s="162"/>
     </row>
     <row r="354" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B354" s="252"/>
-[...9 lines deleted...]
-      <c r="L354" s="253"/>
+      <c r="B354" s="206"/>
+      <c r="C354" s="207"/>
+      <c r="D354" s="207"/>
+      <c r="E354" s="207"/>
+      <c r="F354" s="207"/>
+      <c r="G354" s="207"/>
+      <c r="H354" s="207"/>
+      <c r="I354" s="207"/>
+      <c r="J354" s="207"/>
+      <c r="K354" s="207"/>
+      <c r="L354" s="207"/>
       <c r="M354" s="135"/>
       <c r="N354" s="135"/>
-      <c r="Q354" s="301"/>
-[...1 lines deleted...]
-      <c r="T354" s="210"/>
+      <c r="Q354" s="168"/>
+      <c r="S354" s="161"/>
+      <c r="T354" s="162"/>
     </row>
     <row r="355" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B355" s="252"/>
-[...9 lines deleted...]
-      <c r="L355" s="253"/>
+      <c r="B355" s="206"/>
+      <c r="C355" s="207"/>
+      <c r="D355" s="207"/>
+      <c r="E355" s="207"/>
+      <c r="F355" s="207"/>
+      <c r="G355" s="207"/>
+      <c r="H355" s="207"/>
+      <c r="I355" s="207"/>
+      <c r="J355" s="207"/>
+      <c r="K355" s="207"/>
+      <c r="L355" s="207"/>
       <c r="M355" s="135"/>
       <c r="N355" s="135"/>
-      <c r="Q355" s="301"/>
-[...1 lines deleted...]
-      <c r="T355" s="210"/>
+      <c r="Q355" s="168"/>
+      <c r="S355" s="161"/>
+      <c r="T355" s="162"/>
     </row>
     <row r="356" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B356" s="10"/>
-      <c r="C356" s="250" t="s">
+      <c r="C356" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D356" s="250"/>
-[...7 lines deleted...]
-      <c r="L356" s="250"/>
+      <c r="D356" s="204"/>
+      <c r="E356" s="204"/>
+      <c r="F356" s="204"/>
+      <c r="G356" s="204"/>
+      <c r="H356" s="204"/>
+      <c r="I356" s="204"/>
+      <c r="J356" s="204"/>
+      <c r="K356" s="204"/>
+      <c r="L356" s="204"/>
       <c r="M356" s="110">
         <f>SUM(M349:M355)</f>
         <v>0</v>
       </c>
       <c r="N356" s="110">
         <f>SUM(N349:N355)</f>
         <v>0</v>
       </c>
-      <c r="Q356" s="301"/>
+      <c r="Q356" s="168"/>
       <c r="R356" s="27" t="str">
         <f>IF(VLOOKUP(B349,$B$97:$M$104,12,FALSE)-M356=0,IF(VLOOKUP(B349,$B$97:$N$104,13,FALSE)-N356=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S356" s="209"/>
-      <c r="T356" s="210"/>
+      <c r="S356" s="161"/>
+      <c r="T356" s="162"/>
     </row>
     <row r="357" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B357" s="10"/>
       <c r="M357" s="136"/>
       <c r="N357" s="136"/>
-      <c r="Q357" s="301"/>
-[...1 lines deleted...]
-      <c r="T357" s="210"/>
+      <c r="Q357" s="168"/>
+      <c r="S357" s="161"/>
+      <c r="T357" s="162"/>
     </row>
     <row r="358" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B358" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C358" s="251" t="s">
+      <c r="C358" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D358" s="251"/>
-[...7 lines deleted...]
-      <c r="L358" s="251"/>
+      <c r="D358" s="208"/>
+      <c r="E358" s="208"/>
+      <c r="F358" s="208"/>
+      <c r="G358" s="208"/>
+      <c r="H358" s="208"/>
+      <c r="I358" s="208"/>
+      <c r="J358" s="208"/>
+      <c r="K358" s="208"/>
+      <c r="L358" s="208"/>
       <c r="M358" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N358" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q358" s="301"/>
-[...1 lines deleted...]
-      <c r="T358" s="210"/>
+      <c r="Q358" s="168"/>
+      <c r="S358" s="161"/>
+      <c r="T358" s="162"/>
     </row>
     <row r="359" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B359" s="252" t="s">
+      <c r="B359" s="206" t="s">
         <v>98</v>
       </c>
-      <c r="C359" s="253"/>
-[...8 lines deleted...]
-      <c r="L359" s="253"/>
+      <c r="C359" s="207"/>
+      <c r="D359" s="207"/>
+      <c r="E359" s="207"/>
+      <c r="F359" s="207"/>
+      <c r="G359" s="207"/>
+      <c r="H359" s="207"/>
+      <c r="I359" s="207"/>
+      <c r="J359" s="207"/>
+      <c r="K359" s="207"/>
+      <c r="L359" s="207"/>
       <c r="M359" s="135"/>
       <c r="N359" s="135"/>
-      <c r="Q359" s="301"/>
-[...1 lines deleted...]
-      <c r="T359" s="210"/>
+      <c r="Q359" s="168"/>
+      <c r="S359" s="161"/>
+      <c r="T359" s="162"/>
     </row>
     <row r="360" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B360" s="252"/>
-[...9 lines deleted...]
-      <c r="L360" s="253"/>
+      <c r="B360" s="206"/>
+      <c r="C360" s="207"/>
+      <c r="D360" s="207"/>
+      <c r="E360" s="207"/>
+      <c r="F360" s="207"/>
+      <c r="G360" s="207"/>
+      <c r="H360" s="207"/>
+      <c r="I360" s="207"/>
+      <c r="J360" s="207"/>
+      <c r="K360" s="207"/>
+      <c r="L360" s="207"/>
       <c r="M360" s="135"/>
       <c r="N360" s="135"/>
-      <c r="Q360" s="301"/>
-[...1 lines deleted...]
-      <c r="T360" s="210"/>
+      <c r="Q360" s="168"/>
+      <c r="S360" s="161"/>
+      <c r="T360" s="162"/>
     </row>
     <row r="361" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B361" s="252"/>
-[...9 lines deleted...]
-      <c r="L361" s="253"/>
+      <c r="B361" s="206"/>
+      <c r="C361" s="207"/>
+      <c r="D361" s="207"/>
+      <c r="E361" s="207"/>
+      <c r="F361" s="207"/>
+      <c r="G361" s="207"/>
+      <c r="H361" s="207"/>
+      <c r="I361" s="207"/>
+      <c r="J361" s="207"/>
+      <c r="K361" s="207"/>
+      <c r="L361" s="207"/>
       <c r="M361" s="135"/>
       <c r="N361" s="135"/>
-      <c r="Q361" s="301"/>
-[...1 lines deleted...]
-      <c r="T361" s="210"/>
+      <c r="Q361" s="168"/>
+      <c r="S361" s="161"/>
+      <c r="T361" s="162"/>
     </row>
     <row r="362" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B362" s="252"/>
-[...9 lines deleted...]
-      <c r="L362" s="253"/>
+      <c r="B362" s="206"/>
+      <c r="C362" s="207"/>
+      <c r="D362" s="207"/>
+      <c r="E362" s="207"/>
+      <c r="F362" s="207"/>
+      <c r="G362" s="207"/>
+      <c r="H362" s="207"/>
+      <c r="I362" s="207"/>
+      <c r="J362" s="207"/>
+      <c r="K362" s="207"/>
+      <c r="L362" s="207"/>
       <c r="M362" s="135"/>
       <c r="N362" s="135"/>
-      <c r="Q362" s="301"/>
-[...1 lines deleted...]
-      <c r="T362" s="210"/>
+      <c r="Q362" s="168"/>
+      <c r="S362" s="161"/>
+      <c r="T362" s="162"/>
     </row>
     <row r="363" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B363" s="252"/>
-[...9 lines deleted...]
-      <c r="L363" s="253"/>
+      <c r="B363" s="206"/>
+      <c r="C363" s="207"/>
+      <c r="D363" s="207"/>
+      <c r="E363" s="207"/>
+      <c r="F363" s="207"/>
+      <c r="G363" s="207"/>
+      <c r="H363" s="207"/>
+      <c r="I363" s="207"/>
+      <c r="J363" s="207"/>
+      <c r="K363" s="207"/>
+      <c r="L363" s="207"/>
       <c r="M363" s="135"/>
       <c r="N363" s="135"/>
-      <c r="Q363" s="301"/>
-[...1 lines deleted...]
-      <c r="T363" s="210"/>
+      <c r="Q363" s="168"/>
+      <c r="S363" s="161"/>
+      <c r="T363" s="162"/>
     </row>
     <row r="364" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B364" s="252"/>
-[...9 lines deleted...]
-      <c r="L364" s="253"/>
+      <c r="B364" s="206"/>
+      <c r="C364" s="207"/>
+      <c r="D364" s="207"/>
+      <c r="E364" s="207"/>
+      <c r="F364" s="207"/>
+      <c r="G364" s="207"/>
+      <c r="H364" s="207"/>
+      <c r="I364" s="207"/>
+      <c r="J364" s="207"/>
+      <c r="K364" s="207"/>
+      <c r="L364" s="207"/>
       <c r="M364" s="135"/>
       <c r="N364" s="135"/>
-      <c r="Q364" s="301"/>
-[...1 lines deleted...]
-      <c r="T364" s="210"/>
+      <c r="Q364" s="168"/>
+      <c r="S364" s="161"/>
+      <c r="T364" s="162"/>
     </row>
     <row r="365" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B365" s="252"/>
-[...9 lines deleted...]
-      <c r="L365" s="253"/>
+      <c r="B365" s="206"/>
+      <c r="C365" s="207"/>
+      <c r="D365" s="207"/>
+      <c r="E365" s="207"/>
+      <c r="F365" s="207"/>
+      <c r="G365" s="207"/>
+      <c r="H365" s="207"/>
+      <c r="I365" s="207"/>
+      <c r="J365" s="207"/>
+      <c r="K365" s="207"/>
+      <c r="L365" s="207"/>
       <c r="M365" s="135"/>
       <c r="N365" s="135"/>
-      <c r="Q365" s="301"/>
-[...1 lines deleted...]
-      <c r="T365" s="210"/>
+      <c r="Q365" s="168"/>
+      <c r="S365" s="161"/>
+      <c r="T365" s="162"/>
     </row>
     <row r="366" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B366" s="10"/>
-      <c r="C366" s="250" t="s">
+      <c r="C366" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D366" s="250"/>
-[...7 lines deleted...]
-      <c r="L366" s="250"/>
+      <c r="D366" s="204"/>
+      <c r="E366" s="204"/>
+      <c r="F366" s="204"/>
+      <c r="G366" s="204"/>
+      <c r="H366" s="204"/>
+      <c r="I366" s="204"/>
+      <c r="J366" s="204"/>
+      <c r="K366" s="204"/>
+      <c r="L366" s="204"/>
       <c r="M366" s="110">
         <f>SUM(M359:M365)</f>
         <v>0</v>
       </c>
       <c r="N366" s="110">
         <f>SUM(N359:N365)</f>
         <v>0</v>
       </c>
-      <c r="Q366" s="301"/>
+      <c r="Q366" s="168"/>
       <c r="R366" s="27" t="str">
         <f>IF(VLOOKUP(B359,$B$97:$M$104,12,FALSE)-M366=0,IF(VLOOKUP(B359,$B$97:$N$104,13,FALSE)-N366=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S366" s="209"/>
-      <c r="T366" s="210"/>
+      <c r="S366" s="161"/>
+      <c r="T366" s="162"/>
     </row>
     <row r="367" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B367" s="10"/>
       <c r="M367" s="136"/>
       <c r="N367" s="136"/>
-      <c r="Q367" s="301"/>
-[...1 lines deleted...]
-      <c r="T367" s="210"/>
+      <c r="Q367" s="168"/>
+      <c r="S367" s="161"/>
+      <c r="T367" s="162"/>
     </row>
     <row r="368" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B368" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C368" s="251" t="s">
+      <c r="C368" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D368" s="251"/>
-[...7 lines deleted...]
-      <c r="L368" s="251"/>
+      <c r="D368" s="208"/>
+      <c r="E368" s="208"/>
+      <c r="F368" s="208"/>
+      <c r="G368" s="208"/>
+      <c r="H368" s="208"/>
+      <c r="I368" s="208"/>
+      <c r="J368" s="208"/>
+      <c r="K368" s="208"/>
+      <c r="L368" s="208"/>
       <c r="M368" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N368" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q368" s="301"/>
-[...1 lines deleted...]
-      <c r="T368" s="210"/>
+      <c r="Q368" s="168"/>
+      <c r="S368" s="161"/>
+      <c r="T368" s="162"/>
     </row>
     <row r="369" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B369" s="252" t="s">
+      <c r="B369" s="206" t="s">
         <v>99</v>
       </c>
-      <c r="C369" s="253"/>
-[...8 lines deleted...]
-      <c r="L369" s="253"/>
+      <c r="C369" s="207"/>
+      <c r="D369" s="207"/>
+      <c r="E369" s="207"/>
+      <c r="F369" s="207"/>
+      <c r="G369" s="207"/>
+      <c r="H369" s="207"/>
+      <c r="I369" s="207"/>
+      <c r="J369" s="207"/>
+      <c r="K369" s="207"/>
+      <c r="L369" s="207"/>
       <c r="M369" s="135"/>
       <c r="N369" s="135"/>
-      <c r="Q369" s="301"/>
-[...1 lines deleted...]
-      <c r="T369" s="210"/>
+      <c r="Q369" s="168"/>
+      <c r="S369" s="161"/>
+      <c r="T369" s="162"/>
     </row>
     <row r="370" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B370" s="252"/>
-[...9 lines deleted...]
-      <c r="L370" s="253"/>
+      <c r="B370" s="206"/>
+      <c r="C370" s="207"/>
+      <c r="D370" s="207"/>
+      <c r="E370" s="207"/>
+      <c r="F370" s="207"/>
+      <c r="G370" s="207"/>
+      <c r="H370" s="207"/>
+      <c r="I370" s="207"/>
+      <c r="J370" s="207"/>
+      <c r="K370" s="207"/>
+      <c r="L370" s="207"/>
       <c r="M370" s="135"/>
       <c r="N370" s="135"/>
-      <c r="Q370" s="301"/>
-[...1 lines deleted...]
-      <c r="T370" s="210"/>
+      <c r="Q370" s="168"/>
+      <c r="S370" s="161"/>
+      <c r="T370" s="162"/>
     </row>
     <row r="371" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B371" s="252"/>
-[...9 lines deleted...]
-      <c r="L371" s="253"/>
+      <c r="B371" s="206"/>
+      <c r="C371" s="207"/>
+      <c r="D371" s="207"/>
+      <c r="E371" s="207"/>
+      <c r="F371" s="207"/>
+      <c r="G371" s="207"/>
+      <c r="H371" s="207"/>
+      <c r="I371" s="207"/>
+      <c r="J371" s="207"/>
+      <c r="K371" s="207"/>
+      <c r="L371" s="207"/>
       <c r="M371" s="135"/>
       <c r="N371" s="135"/>
-      <c r="Q371" s="301"/>
-[...1 lines deleted...]
-      <c r="T371" s="210"/>
+      <c r="Q371" s="168"/>
+      <c r="S371" s="161"/>
+      <c r="T371" s="162"/>
     </row>
     <row r="372" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B372" s="252"/>
-[...9 lines deleted...]
-      <c r="L372" s="253"/>
+      <c r="B372" s="206"/>
+      <c r="C372" s="207"/>
+      <c r="D372" s="207"/>
+      <c r="E372" s="207"/>
+      <c r="F372" s="207"/>
+      <c r="G372" s="207"/>
+      <c r="H372" s="207"/>
+      <c r="I372" s="207"/>
+      <c r="J372" s="207"/>
+      <c r="K372" s="207"/>
+      <c r="L372" s="207"/>
       <c r="M372" s="135"/>
       <c r="N372" s="135"/>
-      <c r="Q372" s="301"/>
-[...1 lines deleted...]
-      <c r="T372" s="210"/>
+      <c r="Q372" s="168"/>
+      <c r="S372" s="161"/>
+      <c r="T372" s="162"/>
     </row>
     <row r="373" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B373" s="252"/>
-[...9 lines deleted...]
-      <c r="L373" s="253"/>
+      <c r="B373" s="206"/>
+      <c r="C373" s="207"/>
+      <c r="D373" s="207"/>
+      <c r="E373" s="207"/>
+      <c r="F373" s="207"/>
+      <c r="G373" s="207"/>
+      <c r="H373" s="207"/>
+      <c r="I373" s="207"/>
+      <c r="J373" s="207"/>
+      <c r="K373" s="207"/>
+      <c r="L373" s="207"/>
       <c r="M373" s="135"/>
       <c r="N373" s="135"/>
-      <c r="Q373" s="301"/>
-[...1 lines deleted...]
-      <c r="T373" s="210"/>
+      <c r="Q373" s="168"/>
+      <c r="S373" s="161"/>
+      <c r="T373" s="162"/>
     </row>
     <row r="374" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B374" s="252"/>
-[...9 lines deleted...]
-      <c r="L374" s="253"/>
+      <c r="B374" s="206"/>
+      <c r="C374" s="207"/>
+      <c r="D374" s="207"/>
+      <c r="E374" s="207"/>
+      <c r="F374" s="207"/>
+      <c r="G374" s="207"/>
+      <c r="H374" s="207"/>
+      <c r="I374" s="207"/>
+      <c r="J374" s="207"/>
+      <c r="K374" s="207"/>
+      <c r="L374" s="207"/>
       <c r="M374" s="135"/>
       <c r="N374" s="135"/>
-      <c r="Q374" s="301"/>
-[...1 lines deleted...]
-      <c r="T374" s="210"/>
+      <c r="Q374" s="168"/>
+      <c r="S374" s="161"/>
+      <c r="T374" s="162"/>
     </row>
     <row r="375" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B375" s="252"/>
-[...9 lines deleted...]
-      <c r="L375" s="253"/>
+      <c r="B375" s="206"/>
+      <c r="C375" s="207"/>
+      <c r="D375" s="207"/>
+      <c r="E375" s="207"/>
+      <c r="F375" s="207"/>
+      <c r="G375" s="207"/>
+      <c r="H375" s="207"/>
+      <c r="I375" s="207"/>
+      <c r="J375" s="207"/>
+      <c r="K375" s="207"/>
+      <c r="L375" s="207"/>
       <c r="M375" s="135"/>
       <c r="N375" s="135"/>
-      <c r="Q375" s="301"/>
-[...1 lines deleted...]
-      <c r="T375" s="210"/>
+      <c r="Q375" s="168"/>
+      <c r="S375" s="161"/>
+      <c r="T375" s="162"/>
     </row>
     <row r="376" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B376" s="10"/>
-      <c r="C376" s="250" t="s">
+      <c r="C376" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D376" s="250"/>
-[...7 lines deleted...]
-      <c r="L376" s="250"/>
+      <c r="D376" s="204"/>
+      <c r="E376" s="204"/>
+      <c r="F376" s="204"/>
+      <c r="G376" s="204"/>
+      <c r="H376" s="204"/>
+      <c r="I376" s="204"/>
+      <c r="J376" s="204"/>
+      <c r="K376" s="204"/>
+      <c r="L376" s="204"/>
       <c r="M376" s="110">
         <f>SUM(M369:M375)</f>
         <v>0</v>
       </c>
       <c r="N376" s="110">
         <f>SUM(N369:N375)</f>
         <v>0</v>
       </c>
-      <c r="Q376" s="301"/>
+      <c r="Q376" s="168"/>
       <c r="R376" s="27" t="str">
         <f>IF(VLOOKUP(B369,$B$97:$M$104,12,FALSE)-M376=0,IF(VLOOKUP(B369,$B$97:$N$104,13,FALSE)-N376=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S376" s="209"/>
-      <c r="T376" s="210"/>
+      <c r="S376" s="161"/>
+      <c r="T376" s="162"/>
     </row>
     <row r="377" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B377" s="10"/>
       <c r="M377" s="136"/>
       <c r="N377" s="136"/>
-      <c r="Q377" s="301"/>
-[...1 lines deleted...]
-      <c r="T377" s="210"/>
+      <c r="Q377" s="168"/>
+      <c r="S377" s="161"/>
+      <c r="T377" s="162"/>
     </row>
     <row r="378" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B378" s="28" t="s">
         <v>173</v>
       </c>
-      <c r="C378" s="251" t="s">
+      <c r="C378" s="208" t="s">
         <v>174</v>
       </c>
-      <c r="D378" s="251"/>
-[...7 lines deleted...]
-      <c r="L378" s="251"/>
+      <c r="D378" s="208"/>
+      <c r="E378" s="208"/>
+      <c r="F378" s="208"/>
+      <c r="G378" s="208"/>
+      <c r="H378" s="208"/>
+      <c r="I378" s="208"/>
+      <c r="J378" s="208"/>
+      <c r="K378" s="208"/>
+      <c r="L378" s="208"/>
       <c r="M378" s="137" t="s">
         <v>48</v>
       </c>
       <c r="N378" s="137" t="s">
         <v>49</v>
       </c>
-      <c r="Q378" s="301"/>
-[...1 lines deleted...]
-      <c r="T378" s="210"/>
+      <c r="Q378" s="168"/>
+      <c r="S378" s="161"/>
+      <c r="T378" s="162"/>
     </row>
     <row r="379" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B379" s="252" t="s">
+      <c r="B379" s="206" t="s">
         <v>102</v>
       </c>
-      <c r="C379" s="253"/>
-[...8 lines deleted...]
-      <c r="L379" s="253"/>
+      <c r="C379" s="207"/>
+      <c r="D379" s="207"/>
+      <c r="E379" s="207"/>
+      <c r="F379" s="207"/>
+      <c r="G379" s="207"/>
+      <c r="H379" s="207"/>
+      <c r="I379" s="207"/>
+      <c r="J379" s="207"/>
+      <c r="K379" s="207"/>
+      <c r="L379" s="207"/>
       <c r="M379" s="135"/>
       <c r="N379" s="135"/>
-      <c r="Q379" s="301"/>
-[...1 lines deleted...]
-      <c r="T379" s="210"/>
+      <c r="Q379" s="168"/>
+      <c r="S379" s="161"/>
+      <c r="T379" s="162"/>
     </row>
     <row r="380" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B380" s="252"/>
-[...9 lines deleted...]
-      <c r="L380" s="253"/>
+      <c r="B380" s="206"/>
+      <c r="C380" s="207"/>
+      <c r="D380" s="207"/>
+      <c r="E380" s="207"/>
+      <c r="F380" s="207"/>
+      <c r="G380" s="207"/>
+      <c r="H380" s="207"/>
+      <c r="I380" s="207"/>
+      <c r="J380" s="207"/>
+      <c r="K380" s="207"/>
+      <c r="L380" s="207"/>
       <c r="M380" s="135"/>
       <c r="N380" s="135"/>
-      <c r="Q380" s="301"/>
-[...1 lines deleted...]
-      <c r="T380" s="210"/>
+      <c r="Q380" s="168"/>
+      <c r="S380" s="161"/>
+      <c r="T380" s="162"/>
     </row>
     <row r="381" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B381" s="252"/>
-[...9 lines deleted...]
-      <c r="L381" s="253"/>
+      <c r="B381" s="206"/>
+      <c r="C381" s="207"/>
+      <c r="D381" s="207"/>
+      <c r="E381" s="207"/>
+      <c r="F381" s="207"/>
+      <c r="G381" s="207"/>
+      <c r="H381" s="207"/>
+      <c r="I381" s="207"/>
+      <c r="J381" s="207"/>
+      <c r="K381" s="207"/>
+      <c r="L381" s="207"/>
       <c r="M381" s="135"/>
       <c r="N381" s="135"/>
-      <c r="Q381" s="301"/>
-[...1 lines deleted...]
-      <c r="T381" s="210"/>
+      <c r="Q381" s="168"/>
+      <c r="S381" s="161"/>
+      <c r="T381" s="162"/>
     </row>
     <row r="382" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B382" s="252"/>
-[...9 lines deleted...]
-      <c r="L382" s="253"/>
+      <c r="B382" s="206"/>
+      <c r="C382" s="207"/>
+      <c r="D382" s="207"/>
+      <c r="E382" s="207"/>
+      <c r="F382" s="207"/>
+      <c r="G382" s="207"/>
+      <c r="H382" s="207"/>
+      <c r="I382" s="207"/>
+      <c r="J382" s="207"/>
+      <c r="K382" s="207"/>
+      <c r="L382" s="207"/>
       <c r="M382" s="135"/>
       <c r="N382" s="135"/>
-      <c r="Q382" s="301"/>
-[...1 lines deleted...]
-      <c r="T382" s="210"/>
+      <c r="Q382" s="168"/>
+      <c r="S382" s="161"/>
+      <c r="T382" s="162"/>
     </row>
     <row r="383" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B383" s="252"/>
-[...9 lines deleted...]
-      <c r="L383" s="253"/>
+      <c r="B383" s="206"/>
+      <c r="C383" s="207"/>
+      <c r="D383" s="207"/>
+      <c r="E383" s="207"/>
+      <c r="F383" s="207"/>
+      <c r="G383" s="207"/>
+      <c r="H383" s="207"/>
+      <c r="I383" s="207"/>
+      <c r="J383" s="207"/>
+      <c r="K383" s="207"/>
+      <c r="L383" s="207"/>
       <c r="M383" s="135"/>
       <c r="N383" s="135"/>
-      <c r="Q383" s="301"/>
-[...1 lines deleted...]
-      <c r="T383" s="210"/>
+      <c r="Q383" s="168"/>
+      <c r="S383" s="161"/>
+      <c r="T383" s="162"/>
     </row>
     <row r="384" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B384" s="252"/>
-[...9 lines deleted...]
-      <c r="L384" s="253"/>
+      <c r="B384" s="206"/>
+      <c r="C384" s="207"/>
+      <c r="D384" s="207"/>
+      <c r="E384" s="207"/>
+      <c r="F384" s="207"/>
+      <c r="G384" s="207"/>
+      <c r="H384" s="207"/>
+      <c r="I384" s="207"/>
+      <c r="J384" s="207"/>
+      <c r="K384" s="207"/>
+      <c r="L384" s="207"/>
       <c r="M384" s="135"/>
       <c r="N384" s="135"/>
-      <c r="Q384" s="301"/>
-[...1 lines deleted...]
-      <c r="T384" s="210"/>
+      <c r="Q384" s="168"/>
+      <c r="S384" s="161"/>
+      <c r="T384" s="162"/>
     </row>
     <row r="385" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B385" s="252"/>
-[...9 lines deleted...]
-      <c r="L385" s="253"/>
+      <c r="B385" s="206"/>
+      <c r="C385" s="207"/>
+      <c r="D385" s="207"/>
+      <c r="E385" s="207"/>
+      <c r="F385" s="207"/>
+      <c r="G385" s="207"/>
+      <c r="H385" s="207"/>
+      <c r="I385" s="207"/>
+      <c r="J385" s="207"/>
+      <c r="K385" s="207"/>
+      <c r="L385" s="207"/>
       <c r="M385" s="135"/>
       <c r="N385" s="135"/>
-      <c r="Q385" s="301"/>
-[...1 lines deleted...]
-      <c r="T385" s="210"/>
+      <c r="Q385" s="168"/>
+      <c r="S385" s="161"/>
+      <c r="T385" s="162"/>
     </row>
     <row r="386" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B386" s="10"/>
-      <c r="C386" s="250" t="s">
+      <c r="C386" s="204" t="s">
         <v>176</v>
       </c>
-      <c r="D386" s="250"/>
-[...7 lines deleted...]
-      <c r="L386" s="250"/>
+      <c r="D386" s="204"/>
+      <c r="E386" s="204"/>
+      <c r="F386" s="204"/>
+      <c r="G386" s="204"/>
+      <c r="H386" s="204"/>
+      <c r="I386" s="204"/>
+      <c r="J386" s="204"/>
+      <c r="K386" s="204"/>
+      <c r="L386" s="204"/>
       <c r="M386" s="110">
         <f>SUM(M379:M385)</f>
         <v>0</v>
       </c>
       <c r="N386" s="110">
         <f>SUM(N379:N385)</f>
         <v>0</v>
       </c>
-      <c r="Q386" s="301"/>
+      <c r="Q386" s="168"/>
       <c r="R386" s="27" t="str">
         <f>IF(VLOOKUP(B379,$B$97:$M$104,12,FALSE)-M386=0,IF(VLOOKUP(B379,$B$97:$N$104,13,FALSE)-N386=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S386" s="209"/>
-      <c r="T386" s="210"/>
+      <c r="S386" s="161"/>
+      <c r="T386" s="162"/>
     </row>
     <row r="387" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B387" s="10"/>
-      <c r="Q387" s="302"/>
-[...1 lines deleted...]
-      <c r="T387" s="210"/>
+      <c r="Q387" s="169"/>
+      <c r="S387" s="161"/>
+      <c r="T387" s="162"/>
     </row>
     <row r="388" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B388" s="10"/>
     </row>
     <row r="389" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B389" s="10"/>
     </row>
     <row r="390" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B390" s="145" t="s">
+      <c r="B390" s="205" t="s">
         <v>183</v>
       </c>
-      <c r="C390" s="145"/>
-[...10 lines deleted...]
-      <c r="N390" s="145"/>
+      <c r="C390" s="205"/>
+      <c r="D390" s="205"/>
+      <c r="E390" s="205"/>
+      <c r="F390" s="205"/>
+      <c r="G390" s="205"/>
+      <c r="H390" s="205"/>
+      <c r="I390" s="205"/>
+      <c r="J390" s="205"/>
+      <c r="K390" s="205"/>
+      <c r="L390" s="205"/>
+      <c r="M390" s="205"/>
+      <c r="N390" s="205"/>
     </row>
     <row r="391" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B391" s="10"/>
     </row>
     <row r="392" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B392" s="10"/>
-      <c r="C392" s="180" t="s">
+      <c r="C392" s="188" t="s">
         <v>48</v>
       </c>
-      <c r="D392" s="181"/>
-[...9 lines deleted...]
-      <c r="Q392" s="196" t="s">
+      <c r="D392" s="189"/>
+      <c r="E392" s="189"/>
+      <c r="F392" s="189"/>
+      <c r="G392" s="189"/>
+      <c r="H392" s="189"/>
+      <c r="I392" s="189"/>
+      <c r="J392" s="189"/>
+      <c r="K392" s="189"/>
+      <c r="L392" s="189"/>
+      <c r="M392" s="190"/>
+      <c r="Q392" s="146" t="s">
         <v>184</v>
       </c>
-      <c r="S392" s="207" t="s">
+      <c r="S392" s="152" t="s">
         <v>185</v>
       </c>
-      <c r="T392" s="208"/>
+      <c r="T392" s="160"/>
     </row>
     <row r="393" spans="2:20" ht="42.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B393" s="29" t="s">
         <v>186</v>
       </c>
-      <c r="C393" s="183" t="s">
+      <c r="C393" s="191" t="s">
         <v>187</v>
       </c>
-      <c r="D393" s="183"/>
-      <c r="E393" s="199" t="s">
+      <c r="D393" s="191"/>
+      <c r="E393" s="192" t="s">
         <v>188</v>
       </c>
-      <c r="F393" s="199"/>
-      <c r="G393" s="199" t="s">
+      <c r="F393" s="192"/>
+      <c r="G393" s="192" t="s">
         <v>189</v>
       </c>
-      <c r="H393" s="199"/>
-      <c r="I393" s="183" t="s">
+      <c r="H393" s="192"/>
+      <c r="I393" s="191" t="s">
         <v>190</v>
       </c>
-      <c r="J393" s="183"/>
-      <c r="K393" s="183" t="s">
+      <c r="J393" s="191"/>
+      <c r="K393" s="191" t="s">
         <v>191</v>
       </c>
-      <c r="L393" s="183"/>
+      <c r="L393" s="191"/>
       <c r="M393" s="32" t="s">
         <v>192</v>
       </c>
-      <c r="Q393" s="197"/>
-[...1 lines deleted...]
-      <c r="T393" s="210"/>
+      <c r="Q393" s="147"/>
+      <c r="S393" s="161"/>
+      <c r="T393" s="162"/>
     </row>
     <row r="394" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B394" s="81" t="s">
         <v>193</v>
       </c>
-      <c r="C394" s="284">
+      <c r="C394" s="203">
         <f>M405</f>
         <v>0</v>
       </c>
-      <c r="D394" s="284"/>
-[...15 lines deleted...]
-      <c r="L394" s="283"/>
+      <c r="D394" s="203"/>
+      <c r="E394" s="141">
+        <v>0</v>
+      </c>
+      <c r="F394" s="141"/>
+      <c r="G394" s="142">
+        <v>0</v>
+      </c>
+      <c r="H394" s="142"/>
+      <c r="I394" s="143">
+        <v>0</v>
+      </c>
+      <c r="J394" s="143"/>
+      <c r="K394" s="143">
+        <v>0</v>
+      </c>
+      <c r="L394" s="143"/>
       <c r="M394" s="37">
         <f>SUM(C394:L394)</f>
         <v>0</v>
       </c>
-      <c r="Q394" s="197"/>
-[...1 lines deleted...]
-      <c r="T394" s="210"/>
+      <c r="Q394" s="147"/>
+      <c r="S394" s="161"/>
+      <c r="T394" s="162"/>
     </row>
     <row r="395" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B395" s="81" t="s">
         <v>194</v>
       </c>
-      <c r="C395" s="284">
+      <c r="C395" s="203">
         <f t="shared" ref="C395:C400" si="0">M406</f>
         <v>0</v>
       </c>
-      <c r="D395" s="284"/>
-[...15 lines deleted...]
-      <c r="L395" s="283"/>
+      <c r="D395" s="203"/>
+      <c r="E395" s="141">
+        <v>0</v>
+      </c>
+      <c r="F395" s="141"/>
+      <c r="G395" s="142">
+        <v>0</v>
+      </c>
+      <c r="H395" s="142"/>
+      <c r="I395" s="143">
+        <v>0</v>
+      </c>
+      <c r="J395" s="143"/>
+      <c r="K395" s="143">
+        <v>0</v>
+      </c>
+      <c r="L395" s="143"/>
       <c r="M395" s="37">
         <f t="shared" ref="M395:M400" si="1">SUM(C395:L395)</f>
         <v>0</v>
       </c>
-      <c r="Q395" s="197"/>
-[...1 lines deleted...]
-      <c r="T395" s="210"/>
+      <c r="Q395" s="147"/>
+      <c r="S395" s="161"/>
+      <c r="T395" s="162"/>
     </row>
     <row r="396" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B396" s="81" t="s">
         <v>195</v>
       </c>
-      <c r="C396" s="284">
+      <c r="C396" s="203">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D396" s="284"/>
-[...15 lines deleted...]
-      <c r="L396" s="283"/>
+      <c r="D396" s="203"/>
+      <c r="E396" s="141">
+        <v>0</v>
+      </c>
+      <c r="F396" s="141"/>
+      <c r="G396" s="142">
+        <v>0</v>
+      </c>
+      <c r="H396" s="142"/>
+      <c r="I396" s="143">
+        <v>0</v>
+      </c>
+      <c r="J396" s="143"/>
+      <c r="K396" s="143">
+        <v>0</v>
+      </c>
+      <c r="L396" s="143"/>
       <c r="M396" s="37">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q396" s="197"/>
-[...1 lines deleted...]
-      <c r="T396" s="210"/>
+      <c r="Q396" s="147"/>
+      <c r="S396" s="161"/>
+      <c r="T396" s="162"/>
     </row>
     <row r="397" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B397" s="81" t="s">
         <v>196</v>
       </c>
-      <c r="C397" s="284">
+      <c r="C397" s="203">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D397" s="284"/>
-[...15 lines deleted...]
-      <c r="L397" s="283"/>
+      <c r="D397" s="203"/>
+      <c r="E397" s="141">
+        <v>0</v>
+      </c>
+      <c r="F397" s="141"/>
+      <c r="G397" s="142">
+        <v>0</v>
+      </c>
+      <c r="H397" s="142"/>
+      <c r="I397" s="143">
+        <v>0</v>
+      </c>
+      <c r="J397" s="143"/>
+      <c r="K397" s="143">
+        <v>0</v>
+      </c>
+      <c r="L397" s="143"/>
       <c r="M397" s="37">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q397" s="197"/>
-[...1 lines deleted...]
-      <c r="T397" s="210"/>
+      <c r="Q397" s="147"/>
+      <c r="S397" s="161"/>
+      <c r="T397" s="162"/>
     </row>
     <row r="398" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B398" s="81" t="s">
         <v>197</v>
       </c>
-      <c r="C398" s="284">
+      <c r="C398" s="203">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D398" s="284"/>
-[...15 lines deleted...]
-      <c r="L398" s="283"/>
+      <c r="D398" s="203"/>
+      <c r="E398" s="141">
+        <v>0</v>
+      </c>
+      <c r="F398" s="141"/>
+      <c r="G398" s="142">
+        <v>0</v>
+      </c>
+      <c r="H398" s="142"/>
+      <c r="I398" s="143">
+        <v>0</v>
+      </c>
+      <c r="J398" s="143"/>
+      <c r="K398" s="143">
+        <v>0</v>
+      </c>
+      <c r="L398" s="143"/>
       <c r="M398" s="37">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q398" s="197"/>
-[...1 lines deleted...]
-      <c r="T398" s="210"/>
+      <c r="Q398" s="147"/>
+      <c r="S398" s="161"/>
+      <c r="T398" s="162"/>
     </row>
     <row r="399" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B399" s="81" t="s">
         <v>198</v>
       </c>
-      <c r="C399" s="284">
+      <c r="C399" s="203">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D399" s="284"/>
-[...15 lines deleted...]
-      <c r="L399" s="283"/>
+      <c r="D399" s="203"/>
+      <c r="E399" s="141">
+        <v>0</v>
+      </c>
+      <c r="F399" s="141"/>
+      <c r="G399" s="142">
+        <v>0</v>
+      </c>
+      <c r="H399" s="142"/>
+      <c r="I399" s="143">
+        <v>0</v>
+      </c>
+      <c r="J399" s="143"/>
+      <c r="K399" s="143">
+        <v>0</v>
+      </c>
+      <c r="L399" s="143"/>
       <c r="M399" s="37">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q399" s="197"/>
-[...1 lines deleted...]
-      <c r="T399" s="210"/>
+      <c r="Q399" s="147"/>
+      <c r="S399" s="161"/>
+      <c r="T399" s="162"/>
     </row>
     <row r="400" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B400" s="81" t="s">
         <v>199</v>
       </c>
-      <c r="C400" s="284">
+      <c r="C400" s="203">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D400" s="284"/>
-[...15 lines deleted...]
-      <c r="L400" s="283"/>
+      <c r="D400" s="203"/>
+      <c r="E400" s="141">
+        <v>0</v>
+      </c>
+      <c r="F400" s="141"/>
+      <c r="G400" s="142">
+        <v>0</v>
+      </c>
+      <c r="H400" s="142"/>
+      <c r="I400" s="143">
+        <v>0</v>
+      </c>
+      <c r="J400" s="143"/>
+      <c r="K400" s="143">
+        <v>0</v>
+      </c>
+      <c r="L400" s="143"/>
       <c r="M400" s="37">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q400" s="197"/>
-[...1 lines deleted...]
-      <c r="T400" s="210"/>
+      <c r="Q400" s="147"/>
+      <c r="S400" s="161"/>
+      <c r="T400" s="162"/>
     </row>
     <row r="401" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B401" s="42" t="s">
         <v>176</v>
       </c>
-      <c r="C401" s="287">
+      <c r="C401" s="186">
         <f>SUM(C394:D400)</f>
         <v>0</v>
       </c>
-      <c r="D401" s="287"/>
-      <c r="E401" s="287">
+      <c r="D401" s="186"/>
+      <c r="E401" s="186">
         <f>SUM(E394:F400)</f>
         <v>0</v>
       </c>
-      <c r="F401" s="287"/>
-      <c r="G401" s="303">
+      <c r="F401" s="186"/>
+      <c r="G401" s="187">
         <f>SUM(G394:H400)</f>
         <v>0</v>
       </c>
-      <c r="H401" s="303"/>
-      <c r="I401" s="303">
+      <c r="H401" s="187"/>
+      <c r="I401" s="187">
         <f>SUM(I394:J400)</f>
         <v>0</v>
       </c>
-      <c r="J401" s="303"/>
-      <c r="K401" s="303">
+      <c r="J401" s="187"/>
+      <c r="K401" s="187">
         <f>SUM(K394:L400)</f>
         <v>0</v>
       </c>
-      <c r="L401" s="303"/>
+      <c r="L401" s="187"/>
       <c r="M401" s="41">
         <f>SUM(M394:M400)</f>
         <v>0</v>
       </c>
-      <c r="Q401" s="197"/>
+      <c r="Q401" s="147"/>
       <c r="R401" s="27" t="str">
         <f>IF(M90-M401=0,"OK","Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S401" s="209"/>
-      <c r="T401" s="210"/>
+      <c r="S401" s="161"/>
+      <c r="T401" s="162"/>
     </row>
     <row r="402" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B402" s="10"/>
-      <c r="Q402" s="197"/>
-[...1 lines deleted...]
-      <c r="T402" s="210"/>
+      <c r="Q402" s="147"/>
+      <c r="S402" s="161"/>
+      <c r="T402" s="162"/>
     </row>
     <row r="403" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B403" s="10"/>
-      <c r="C403" s="180" t="s">
+      <c r="C403" s="188" t="s">
         <v>49</v>
       </c>
-      <c r="D403" s="181"/>
-[...11 lines deleted...]
-      <c r="T403" s="210"/>
+      <c r="D403" s="189"/>
+      <c r="E403" s="189"/>
+      <c r="F403" s="189"/>
+      <c r="G403" s="189"/>
+      <c r="H403" s="189"/>
+      <c r="I403" s="189"/>
+      <c r="J403" s="189"/>
+      <c r="K403" s="189"/>
+      <c r="L403" s="189"/>
+      <c r="M403" s="190"/>
+      <c r="Q403" s="147"/>
+      <c r="S403" s="161"/>
+      <c r="T403" s="162"/>
     </row>
     <row r="404" spans="2:20" ht="42.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B404" s="29" t="s">
         <v>186</v>
       </c>
-      <c r="C404" s="183" t="s">
+      <c r="C404" s="191" t="s">
         <v>187</v>
       </c>
-      <c r="D404" s="183"/>
-      <c r="E404" s="199" t="s">
+      <c r="D404" s="191"/>
+      <c r="E404" s="192" t="s">
         <v>188</v>
       </c>
-      <c r="F404" s="199"/>
-      <c r="G404" s="199" t="s">
+      <c r="F404" s="192"/>
+      <c r="G404" s="192" t="s">
         <v>189</v>
       </c>
-      <c r="H404" s="199"/>
-      <c r="I404" s="183" t="s">
+      <c r="H404" s="192"/>
+      <c r="I404" s="191" t="s">
         <v>190</v>
       </c>
-      <c r="J404" s="183"/>
-      <c r="K404" s="183" t="s">
+      <c r="J404" s="191"/>
+      <c r="K404" s="191" t="s">
         <v>191</v>
       </c>
-      <c r="L404" s="183"/>
+      <c r="L404" s="191"/>
       <c r="M404" s="32" t="s">
         <v>192</v>
       </c>
-      <c r="Q404" s="197"/>
-[...1 lines deleted...]
-      <c r="T404" s="210"/>
+      <c r="Q404" s="147"/>
+      <c r="S404" s="161"/>
+      <c r="T404" s="162"/>
     </row>
     <row r="405" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B405" s="81" t="s">
         <v>193</v>
       </c>
-      <c r="C405" s="283">
-[...18 lines deleted...]
-      <c r="L405" s="283"/>
+      <c r="C405" s="143">
+        <v>0</v>
+      </c>
+      <c r="D405" s="143"/>
+      <c r="E405" s="141">
+        <v>0</v>
+      </c>
+      <c r="F405" s="141"/>
+      <c r="G405" s="142">
+        <v>0</v>
+      </c>
+      <c r="H405" s="142"/>
+      <c r="I405" s="143">
+        <v>0</v>
+      </c>
+      <c r="J405" s="143"/>
+      <c r="K405" s="143">
+        <v>0</v>
+      </c>
+      <c r="L405" s="143"/>
       <c r="M405" s="37">
         <f>SUM(C405:L405)</f>
         <v>0</v>
       </c>
-      <c r="Q405" s="197"/>
-[...1 lines deleted...]
-      <c r="T405" s="210"/>
+      <c r="Q405" s="147"/>
+      <c r="S405" s="161"/>
+      <c r="T405" s="162"/>
     </row>
     <row r="406" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B406" s="81" t="s">
         <v>194</v>
       </c>
-      <c r="C406" s="283">
-[...18 lines deleted...]
-      <c r="L406" s="283"/>
+      <c r="C406" s="143">
+        <v>0</v>
+      </c>
+      <c r="D406" s="143"/>
+      <c r="E406" s="141">
+        <v>0</v>
+      </c>
+      <c r="F406" s="141"/>
+      <c r="G406" s="142">
+        <v>0</v>
+      </c>
+      <c r="H406" s="142"/>
+      <c r="I406" s="143">
+        <v>0</v>
+      </c>
+      <c r="J406" s="143"/>
+      <c r="K406" s="143">
+        <v>0</v>
+      </c>
+      <c r="L406" s="143"/>
       <c r="M406" s="37">
         <f t="shared" ref="M406:M411" si="2">SUM(C406:L406)</f>
         <v>0</v>
       </c>
-      <c r="Q406" s="197"/>
-[...1 lines deleted...]
-      <c r="T406" s="210"/>
+      <c r="Q406" s="147"/>
+      <c r="S406" s="161"/>
+      <c r="T406" s="162"/>
     </row>
     <row r="407" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B407" s="81" t="s">
         <v>195</v>
       </c>
-      <c r="C407" s="283">
-[...18 lines deleted...]
-      <c r="L407" s="283"/>
+      <c r="C407" s="143">
+        <v>0</v>
+      </c>
+      <c r="D407" s="143"/>
+      <c r="E407" s="141">
+        <v>0</v>
+      </c>
+      <c r="F407" s="141"/>
+      <c r="G407" s="142">
+        <v>0</v>
+      </c>
+      <c r="H407" s="142"/>
+      <c r="I407" s="143">
+        <v>0</v>
+      </c>
+      <c r="J407" s="143"/>
+      <c r="K407" s="143">
+        <v>0</v>
+      </c>
+      <c r="L407" s="143"/>
       <c r="M407" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Q407" s="197"/>
-[...1 lines deleted...]
-      <c r="T407" s="210"/>
+      <c r="Q407" s="147"/>
+      <c r="S407" s="161"/>
+      <c r="T407" s="162"/>
     </row>
     <row r="408" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B408" s="81" t="s">
         <v>196</v>
       </c>
-      <c r="C408" s="283">
-[...18 lines deleted...]
-      <c r="L408" s="283"/>
+      <c r="C408" s="143">
+        <v>0</v>
+      </c>
+      <c r="D408" s="143"/>
+      <c r="E408" s="141">
+        <v>0</v>
+      </c>
+      <c r="F408" s="141"/>
+      <c r="G408" s="142">
+        <v>0</v>
+      </c>
+      <c r="H408" s="142"/>
+      <c r="I408" s="143">
+        <v>0</v>
+      </c>
+      <c r="J408" s="143"/>
+      <c r="K408" s="143">
+        <v>0</v>
+      </c>
+      <c r="L408" s="143"/>
       <c r="M408" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Q408" s="197"/>
-[...1 lines deleted...]
-      <c r="T408" s="210"/>
+      <c r="Q408" s="147"/>
+      <c r="S408" s="161"/>
+      <c r="T408" s="162"/>
     </row>
     <row r="409" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B409" s="81" t="s">
         <v>197</v>
       </c>
-      <c r="C409" s="283">
-[...18 lines deleted...]
-      <c r="L409" s="283"/>
+      <c r="C409" s="143">
+        <v>0</v>
+      </c>
+      <c r="D409" s="143"/>
+      <c r="E409" s="141">
+        <v>0</v>
+      </c>
+      <c r="F409" s="141"/>
+      <c r="G409" s="142">
+        <v>0</v>
+      </c>
+      <c r="H409" s="142"/>
+      <c r="I409" s="143">
+        <v>0</v>
+      </c>
+      <c r="J409" s="143"/>
+      <c r="K409" s="143">
+        <v>0</v>
+      </c>
+      <c r="L409" s="143"/>
       <c r="M409" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Q409" s="197"/>
-[...1 lines deleted...]
-      <c r="T409" s="210"/>
+      <c r="Q409" s="147"/>
+      <c r="S409" s="161"/>
+      <c r="T409" s="162"/>
     </row>
     <row r="410" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B410" s="81" t="s">
         <v>198</v>
       </c>
-      <c r="C410" s="283">
-[...18 lines deleted...]
-      <c r="L410" s="283"/>
+      <c r="C410" s="143">
+        <v>0</v>
+      </c>
+      <c r="D410" s="143"/>
+      <c r="E410" s="141">
+        <v>0</v>
+      </c>
+      <c r="F410" s="141"/>
+      <c r="G410" s="142">
+        <v>0</v>
+      </c>
+      <c r="H410" s="142"/>
+      <c r="I410" s="143">
+        <v>0</v>
+      </c>
+      <c r="J410" s="143"/>
+      <c r="K410" s="143">
+        <v>0</v>
+      </c>
+      <c r="L410" s="143"/>
       <c r="M410" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Q410" s="197"/>
-[...1 lines deleted...]
-      <c r="T410" s="210"/>
+      <c r="Q410" s="147"/>
+      <c r="S410" s="161"/>
+      <c r="T410" s="162"/>
     </row>
     <row r="411" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B411" s="81" t="s">
         <v>199</v>
       </c>
-      <c r="C411" s="283">
-[...18 lines deleted...]
-      <c r="L411" s="283"/>
+      <c r="C411" s="143">
+        <v>0</v>
+      </c>
+      <c r="D411" s="143"/>
+      <c r="E411" s="141">
+        <v>0</v>
+      </c>
+      <c r="F411" s="141"/>
+      <c r="G411" s="142">
+        <v>0</v>
+      </c>
+      <c r="H411" s="142"/>
+      <c r="I411" s="143">
+        <v>0</v>
+      </c>
+      <c r="J411" s="143"/>
+      <c r="K411" s="143">
+        <v>0</v>
+      </c>
+      <c r="L411" s="143"/>
       <c r="M411" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Q411" s="197"/>
-[...1 lines deleted...]
-      <c r="T411" s="210"/>
+      <c r="Q411" s="147"/>
+      <c r="S411" s="161"/>
+      <c r="T411" s="162"/>
     </row>
     <row r="412" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B412" s="42" t="s">
         <v>176</v>
       </c>
-      <c r="C412" s="303">
+      <c r="C412" s="187">
         <f>SUM(C405:D411)</f>
         <v>0</v>
       </c>
-      <c r="D412" s="303"/>
-      <c r="E412" s="287">
+      <c r="D412" s="187"/>
+      <c r="E412" s="186">
         <f>SUM(E405:F411)</f>
         <v>0</v>
       </c>
-      <c r="F412" s="287"/>
-      <c r="G412" s="303">
+      <c r="F412" s="186"/>
+      <c r="G412" s="187">
         <f>SUM(G405:H411)</f>
         <v>0</v>
       </c>
-      <c r="H412" s="303"/>
-      <c r="I412" s="303">
+      <c r="H412" s="187"/>
+      <c r="I412" s="187">
         <f>SUM(I405:J411)</f>
         <v>0</v>
       </c>
-      <c r="J412" s="303"/>
-      <c r="K412" s="303">
+      <c r="J412" s="187"/>
+      <c r="K412" s="187">
         <f>SUM(K405:L411)</f>
         <v>0</v>
       </c>
-      <c r="L412" s="303"/>
+      <c r="L412" s="187"/>
       <c r="M412" s="41">
         <f>SUM(M405:M411)</f>
         <v>0</v>
       </c>
-      <c r="Q412" s="198"/>
+      <c r="Q412" s="148"/>
       <c r="R412" s="27" t="str">
         <f>IF(N90-M412=0,"OK","Last year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S412" s="211"/>
-      <c r="T412" s="212"/>
+      <c r="S412" s="163"/>
+      <c r="T412" s="164"/>
     </row>
     <row r="413" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B413" s="10"/>
     </row>
     <row r="414" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B414" s="166" t="s">
+      <c r="B414" s="209" t="s">
         <v>200</v>
       </c>
-      <c r="C414" s="166"/>
-[...10 lines deleted...]
-      <c r="Q414" s="196" t="s">
+      <c r="C414" s="209"/>
+      <c r="D414" s="209"/>
+      <c r="E414" s="209"/>
+      <c r="F414" s="209"/>
+      <c r="G414" s="209"/>
+      <c r="H414" s="209"/>
+      <c r="I414" s="209"/>
+      <c r="J414" s="209"/>
+      <c r="K414" s="209"/>
+      <c r="L414" s="209"/>
+      <c r="M414" s="209"/>
+      <c r="Q414" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="S414" s="207" t="s">
+      <c r="S414" s="152" t="s">
         <v>201</v>
       </c>
-      <c r="T414" s="213"/>
+      <c r="T414" s="153"/>
     </row>
     <row r="415" spans="2:20" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B415" s="166" t="s">
+      <c r="B415" s="209" t="s">
         <v>202</v>
       </c>
-      <c r="C415" s="166"/>
-[...1 lines deleted...]
-      <c r="E415" s="199" t="s">
+      <c r="C415" s="209"/>
+      <c r="D415" s="209"/>
+      <c r="E415" s="192" t="s">
         <v>203</v>
       </c>
-      <c r="F415" s="199"/>
-[...2 lines deleted...]
-      <c r="I415" s="199" t="s">
+      <c r="F415" s="192"/>
+      <c r="G415" s="192"/>
+      <c r="H415" s="192"/>
+      <c r="I415" s="192" t="s">
         <v>204</v>
       </c>
-      <c r="J415" s="199"/>
-[...1 lines deleted...]
-      <c r="L415" s="199"/>
+      <c r="J415" s="192"/>
+      <c r="K415" s="192"/>
+      <c r="L415" s="192"/>
       <c r="M415" s="29" t="s">
         <v>205</v>
       </c>
-      <c r="Q415" s="197"/>
-[...1 lines deleted...]
-      <c r="T415" s="215"/>
+      <c r="Q415" s="147"/>
+      <c r="S415" s="154"/>
+      <c r="T415" s="155"/>
     </row>
     <row r="416" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B416" s="178"/>
-[...9 lines deleted...]
-      <c r="L416" s="165"/>
+      <c r="B416" s="183"/>
+      <c r="C416" s="183"/>
+      <c r="D416" s="183"/>
+      <c r="E416" s="182"/>
+      <c r="F416" s="182"/>
+      <c r="G416" s="182"/>
+      <c r="H416" s="182"/>
+      <c r="I416" s="182"/>
+      <c r="J416" s="182"/>
+      <c r="K416" s="182"/>
+      <c r="L416" s="182"/>
       <c r="M416" s="82"/>
-      <c r="Q416" s="197"/>
-[...1 lines deleted...]
-      <c r="T416" s="215"/>
+      <c r="Q416" s="147"/>
+      <c r="S416" s="154"/>
+      <c r="T416" s="155"/>
     </row>
     <row r="417" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B417" s="178"/>
-[...9 lines deleted...]
-      <c r="L417" s="165"/>
+      <c r="B417" s="183"/>
+      <c r="C417" s="183"/>
+      <c r="D417" s="183"/>
+      <c r="E417" s="182"/>
+      <c r="F417" s="182"/>
+      <c r="G417" s="182"/>
+      <c r="H417" s="182"/>
+      <c r="I417" s="182"/>
+      <c r="J417" s="182"/>
+      <c r="K417" s="182"/>
+      <c r="L417" s="182"/>
       <c r="M417" s="82"/>
-      <c r="Q417" s="197"/>
-[...1 lines deleted...]
-      <c r="T417" s="215"/>
+      <c r="Q417" s="147"/>
+      <c r="S417" s="154"/>
+      <c r="T417" s="155"/>
     </row>
     <row r="418" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B418" s="178"/>
-[...9 lines deleted...]
-      <c r="L418" s="165"/>
+      <c r="B418" s="183"/>
+      <c r="C418" s="183"/>
+      <c r="D418" s="183"/>
+      <c r="E418" s="182"/>
+      <c r="F418" s="182"/>
+      <c r="G418" s="182"/>
+      <c r="H418" s="182"/>
+      <c r="I418" s="182"/>
+      <c r="J418" s="182"/>
+      <c r="K418" s="182"/>
+      <c r="L418" s="182"/>
       <c r="M418" s="82"/>
-      <c r="Q418" s="197"/>
-[...1 lines deleted...]
-      <c r="T418" s="215"/>
+      <c r="Q418" s="147"/>
+      <c r="S418" s="154"/>
+      <c r="T418" s="155"/>
     </row>
     <row r="419" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B419" s="178"/>
-[...9 lines deleted...]
-      <c r="L419" s="165"/>
+      <c r="B419" s="183"/>
+      <c r="C419" s="183"/>
+      <c r="D419" s="183"/>
+      <c r="E419" s="182"/>
+      <c r="F419" s="182"/>
+      <c r="G419" s="182"/>
+      <c r="H419" s="182"/>
+      <c r="I419" s="182"/>
+      <c r="J419" s="182"/>
+      <c r="K419" s="182"/>
+      <c r="L419" s="182"/>
       <c r="M419" s="82"/>
-      <c r="Q419" s="197"/>
-[...1 lines deleted...]
-      <c r="T419" s="215"/>
+      <c r="Q419" s="147"/>
+      <c r="S419" s="154"/>
+      <c r="T419" s="155"/>
     </row>
     <row r="420" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B420" s="178"/>
-[...9 lines deleted...]
-      <c r="L420" s="165"/>
+      <c r="B420" s="183"/>
+      <c r="C420" s="183"/>
+      <c r="D420" s="183"/>
+      <c r="E420" s="182"/>
+      <c r="F420" s="182"/>
+      <c r="G420" s="182"/>
+      <c r="H420" s="182"/>
+      <c r="I420" s="182"/>
+      <c r="J420" s="182"/>
+      <c r="K420" s="182"/>
+      <c r="L420" s="182"/>
       <c r="M420" s="82"/>
-      <c r="Q420" s="198"/>
-[...1 lines deleted...]
-      <c r="T420" s="217"/>
+      <c r="Q420" s="148"/>
+      <c r="S420" s="156"/>
+      <c r="T420" s="157"/>
     </row>
     <row r="421" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B421" s="10"/>
     </row>
     <row r="422" spans="2:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B422" s="166" t="s">
+      <c r="B422" s="209" t="s">
         <v>206</v>
       </c>
-      <c r="C422" s="166"/>
-[...10 lines deleted...]
-      <c r="Q422" s="196" t="s">
+      <c r="C422" s="209"/>
+      <c r="D422" s="209"/>
+      <c r="E422" s="209"/>
+      <c r="F422" s="209"/>
+      <c r="G422" s="209"/>
+      <c r="H422" s="209"/>
+      <c r="I422" s="209"/>
+      <c r="J422" s="209"/>
+      <c r="K422" s="209"/>
+      <c r="L422" s="209"/>
+      <c r="M422" s="209"/>
+      <c r="Q422" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="S422" s="207" t="s">
+      <c r="S422" s="152" t="s">
         <v>207</v>
       </c>
-      <c r="T422" s="213"/>
+      <c r="T422" s="153"/>
     </row>
     <row r="423" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B423" s="221"/>
-[...13 lines deleted...]
-      <c r="T423" s="215"/>
+      <c r="B423" s="173"/>
+      <c r="C423" s="173"/>
+      <c r="D423" s="173"/>
+      <c r="E423" s="173"/>
+      <c r="F423" s="173"/>
+      <c r="G423" s="173"/>
+      <c r="H423" s="173"/>
+      <c r="I423" s="173"/>
+      <c r="J423" s="173"/>
+      <c r="K423" s="173"/>
+      <c r="L423" s="173"/>
+      <c r="M423" s="173"/>
+      <c r="Q423" s="147"/>
+      <c r="S423" s="154"/>
+      <c r="T423" s="155"/>
     </row>
     <row r="424" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B424" s="221"/>
-[...13 lines deleted...]
-      <c r="T424" s="215"/>
+      <c r="B424" s="173"/>
+      <c r="C424" s="173"/>
+      <c r="D424" s="173"/>
+      <c r="E424" s="173"/>
+      <c r="F424" s="173"/>
+      <c r="G424" s="173"/>
+      <c r="H424" s="173"/>
+      <c r="I424" s="173"/>
+      <c r="J424" s="173"/>
+      <c r="K424" s="173"/>
+      <c r="L424" s="173"/>
+      <c r="M424" s="173"/>
+      <c r="Q424" s="147"/>
+      <c r="S424" s="154"/>
+      <c r="T424" s="155"/>
     </row>
     <row r="425" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B425" s="221"/>
-[...13 lines deleted...]
-      <c r="T425" s="215"/>
+      <c r="B425" s="173"/>
+      <c r="C425" s="173"/>
+      <c r="D425" s="173"/>
+      <c r="E425" s="173"/>
+      <c r="F425" s="173"/>
+      <c r="G425" s="173"/>
+      <c r="H425" s="173"/>
+      <c r="I425" s="173"/>
+      <c r="J425" s="173"/>
+      <c r="K425" s="173"/>
+      <c r="L425" s="173"/>
+      <c r="M425" s="173"/>
+      <c r="Q425" s="147"/>
+      <c r="S425" s="154"/>
+      <c r="T425" s="155"/>
     </row>
     <row r="426" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B426" s="221"/>
-[...13 lines deleted...]
-      <c r="T426" s="215"/>
+      <c r="B426" s="173"/>
+      <c r="C426" s="173"/>
+      <c r="D426" s="173"/>
+      <c r="E426" s="173"/>
+      <c r="F426" s="173"/>
+      <c r="G426" s="173"/>
+      <c r="H426" s="173"/>
+      <c r="I426" s="173"/>
+      <c r="J426" s="173"/>
+      <c r="K426" s="173"/>
+      <c r="L426" s="173"/>
+      <c r="M426" s="173"/>
+      <c r="Q426" s="147"/>
+      <c r="S426" s="154"/>
+      <c r="T426" s="155"/>
     </row>
     <row r="427" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B427" s="221"/>
-[...13 lines deleted...]
-      <c r="T427" s="217"/>
+      <c r="B427" s="173"/>
+      <c r="C427" s="173"/>
+      <c r="D427" s="173"/>
+      <c r="E427" s="173"/>
+      <c r="F427" s="173"/>
+      <c r="G427" s="173"/>
+      <c r="H427" s="173"/>
+      <c r="I427" s="173"/>
+      <c r="J427" s="173"/>
+      <c r="K427" s="173"/>
+      <c r="L427" s="173"/>
+      <c r="M427" s="173"/>
+      <c r="Q427" s="148"/>
+      <c r="S427" s="156"/>
+      <c r="T427" s="157"/>
     </row>
     <row r="428" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B428" s="10"/>
       <c r="Q428" s="54"/>
     </row>
     <row r="429" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B429" s="10"/>
     </row>
     <row r="430" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B430" s="145" t="s">
+      <c r="B430" s="205" t="s">
         <v>208</v>
       </c>
-      <c r="C430" s="145"/>
-[...10 lines deleted...]
-      <c r="N430" s="145"/>
+      <c r="C430" s="205"/>
+      <c r="D430" s="205"/>
+      <c r="E430" s="205"/>
+      <c r="F430" s="205"/>
+      <c r="G430" s="205"/>
+      <c r="H430" s="205"/>
+      <c r="I430" s="205"/>
+      <c r="J430" s="205"/>
+      <c r="K430" s="205"/>
+      <c r="L430" s="205"/>
+      <c r="M430" s="205"/>
+      <c r="N430" s="205"/>
     </row>
     <row r="431" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B431" s="10"/>
     </row>
     <row r="432" spans="2:20" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B432" s="10"/>
-      <c r="C432" s="199" t="s">
+      <c r="C432" s="192" t="s">
         <v>48</v>
       </c>
-      <c r="D432" s="199"/>
-[...10 lines deleted...]
-      <c r="Q432" s="196" t="s">
+      <c r="D432" s="192"/>
+      <c r="E432" s="192"/>
+      <c r="F432" s="192"/>
+      <c r="G432" s="192"/>
+      <c r="H432" s="192"/>
+      <c r="I432" s="192"/>
+      <c r="J432" s="192"/>
+      <c r="K432" s="192"/>
+      <c r="L432" s="192"/>
+      <c r="M432" s="192"/>
+      <c r="N432" s="192"/>
+      <c r="Q432" s="146" t="s">
         <v>209</v>
       </c>
-      <c r="S432" s="207" t="s">
+      <c r="S432" s="152" t="s">
         <v>308</v>
       </c>
-      <c r="T432" s="208"/>
+      <c r="T432" s="160"/>
     </row>
     <row r="433" spans="2:20" ht="39.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B433" s="29" t="s">
         <v>186</v>
       </c>
-      <c r="C433" s="242" t="s">
+      <c r="C433" s="210" t="s">
         <v>210</v>
       </c>
-      <c r="D433" s="245"/>
-      <c r="E433" s="242" t="s">
+      <c r="D433" s="211"/>
+      <c r="E433" s="210" t="s">
         <v>187</v>
       </c>
-      <c r="F433" s="245"/>
-      <c r="G433" s="180" t="s">
+      <c r="F433" s="211"/>
+      <c r="G433" s="188" t="s">
         <v>188</v>
       </c>
-      <c r="H433" s="182"/>
-      <c r="I433" s="180" t="s">
+      <c r="H433" s="190"/>
+      <c r="I433" s="188" t="s">
         <v>189</v>
       </c>
-      <c r="J433" s="182"/>
-      <c r="K433" s="242" t="s">
+      <c r="J433" s="190"/>
+      <c r="K433" s="210" t="s">
         <v>211</v>
       </c>
-      <c r="L433" s="245"/>
+      <c r="L433" s="211"/>
       <c r="M433" s="31" t="s">
         <v>212</v>
       </c>
       <c r="N433" s="32" t="s">
         <v>192</v>
       </c>
-      <c r="Q433" s="197"/>
-[...1 lines deleted...]
-      <c r="T433" s="210"/>
+      <c r="Q433" s="147"/>
+      <c r="S433" s="161"/>
+      <c r="T433" s="162"/>
     </row>
     <row r="434" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B434" s="83"/>
-      <c r="C434" s="150" t="s">
+      <c r="C434" s="228" t="s">
         <v>213</v>
       </c>
-      <c r="D434" s="151"/>
-      <c r="E434" s="243">
+      <c r="D434" s="229"/>
+      <c r="E434" s="230">
         <f>N444</f>
         <v>0</v>
       </c>
-      <c r="F434" s="244"/>
-[...11 lines deleted...]
-      <c r="L434" s="147"/>
+      <c r="F434" s="231"/>
+      <c r="G434" s="250">
+        <v>0</v>
+      </c>
+      <c r="H434" s="251"/>
+      <c r="I434" s="252">
+        <v>0</v>
+      </c>
+      <c r="J434" s="253"/>
+      <c r="K434" s="250">
+        <v>0</v>
+      </c>
+      <c r="L434" s="251"/>
       <c r="M434" s="111">
         <v>0</v>
       </c>
       <c r="N434" s="138">
         <f>SUM(E434:M434)</f>
         <v>0</v>
       </c>
-      <c r="Q434" s="197"/>
-[...1 lines deleted...]
-      <c r="T434" s="210"/>
+      <c r="Q434" s="147"/>
+      <c r="S434" s="161"/>
+      <c r="T434" s="162"/>
     </row>
     <row r="435" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B435" s="83"/>
-      <c r="C435" s="150" t="s">
+      <c r="C435" s="228" t="s">
         <v>213</v>
       </c>
-      <c r="D435" s="151"/>
-      <c r="E435" s="243">
+      <c r="D435" s="229"/>
+      <c r="E435" s="230">
         <f t="shared" ref="E435:E439" si="3">N445</f>
         <v>0</v>
       </c>
-      <c r="F435" s="244"/>
-[...11 lines deleted...]
-      <c r="L435" s="147"/>
+      <c r="F435" s="231"/>
+      <c r="G435" s="250">
+        <v>0</v>
+      </c>
+      <c r="H435" s="251"/>
+      <c r="I435" s="252">
+        <v>0</v>
+      </c>
+      <c r="J435" s="253"/>
+      <c r="K435" s="250">
+        <v>0</v>
+      </c>
+      <c r="L435" s="251"/>
       <c r="M435" s="111">
         <v>0</v>
       </c>
       <c r="N435" s="138">
         <f t="shared" ref="N435:N439" si="4">SUM(E435:M435)</f>
         <v>0</v>
       </c>
-      <c r="Q435" s="197"/>
-[...1 lines deleted...]
-      <c r="T435" s="210"/>
+      <c r="Q435" s="147"/>
+      <c r="S435" s="161"/>
+      <c r="T435" s="162"/>
     </row>
     <row r="436" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B436" s="83"/>
-      <c r="C436" s="150" t="s">
+      <c r="C436" s="228" t="s">
         <v>213</v>
       </c>
-      <c r="D436" s="151"/>
-      <c r="E436" s="243">
+      <c r="D436" s="229"/>
+      <c r="E436" s="230">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F436" s="244"/>
-[...11 lines deleted...]
-      <c r="L436" s="147"/>
+      <c r="F436" s="231"/>
+      <c r="G436" s="250">
+        <v>0</v>
+      </c>
+      <c r="H436" s="251"/>
+      <c r="I436" s="252">
+        <v>0</v>
+      </c>
+      <c r="J436" s="253"/>
+      <c r="K436" s="250">
+        <v>0</v>
+      </c>
+      <c r="L436" s="251"/>
       <c r="M436" s="111">
         <v>0</v>
       </c>
       <c r="N436" s="138">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="Q436" s="197"/>
-[...1 lines deleted...]
-      <c r="T436" s="210"/>
+      <c r="Q436" s="147"/>
+      <c r="S436" s="161"/>
+      <c r="T436" s="162"/>
     </row>
     <row r="437" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B437" s="124"/>
-      <c r="C437" s="150" t="s">
+      <c r="C437" s="228" t="s">
         <v>214</v>
       </c>
-      <c r="D437" s="151"/>
-      <c r="E437" s="243">
+      <c r="D437" s="229"/>
+      <c r="E437" s="230">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F437" s="244"/>
-[...11 lines deleted...]
-      <c r="L437" s="153"/>
+      <c r="F437" s="231"/>
+      <c r="G437" s="254">
+        <v>0</v>
+      </c>
+      <c r="H437" s="255"/>
+      <c r="I437" s="256">
+        <v>0</v>
+      </c>
+      <c r="J437" s="257"/>
+      <c r="K437" s="254">
+        <v>0</v>
+      </c>
+      <c r="L437" s="255"/>
       <c r="M437" s="111">
         <v>0</v>
       </c>
       <c r="N437" s="138">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="Q437" s="197"/>
-[...1 lines deleted...]
-      <c r="T437" s="210"/>
+      <c r="Q437" s="147"/>
+      <c r="S437" s="161"/>
+      <c r="T437" s="162"/>
     </row>
     <row r="438" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B438" s="124"/>
-      <c r="C438" s="150" t="s">
+      <c r="C438" s="228" t="s">
         <v>214</v>
       </c>
-      <c r="D438" s="151"/>
-      <c r="E438" s="243">
+      <c r="D438" s="229"/>
+      <c r="E438" s="230">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F438" s="244"/>
-[...11 lines deleted...]
-      <c r="L438" s="153"/>
+      <c r="F438" s="231"/>
+      <c r="G438" s="254">
+        <v>0</v>
+      </c>
+      <c r="H438" s="255"/>
+      <c r="I438" s="256">
+        <v>0</v>
+      </c>
+      <c r="J438" s="257"/>
+      <c r="K438" s="254">
+        <v>0</v>
+      </c>
+      <c r="L438" s="255"/>
       <c r="M438" s="111">
         <v>0</v>
       </c>
       <c r="N438" s="138">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="Q438" s="197"/>
-[...1 lines deleted...]
-      <c r="T438" s="210"/>
+      <c r="Q438" s="147"/>
+      <c r="S438" s="161"/>
+      <c r="T438" s="162"/>
     </row>
     <row r="439" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B439" s="124"/>
-      <c r="C439" s="150" t="s">
+      <c r="C439" s="228" t="s">
         <v>214</v>
       </c>
-      <c r="D439" s="151"/>
-      <c r="E439" s="243">
+      <c r="D439" s="229"/>
+      <c r="E439" s="230">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F439" s="244"/>
-[...11 lines deleted...]
-      <c r="L439" s="153"/>
+      <c r="F439" s="231"/>
+      <c r="G439" s="254">
+        <v>0</v>
+      </c>
+      <c r="H439" s="255"/>
+      <c r="I439" s="256">
+        <v>0</v>
+      </c>
+      <c r="J439" s="257"/>
+      <c r="K439" s="254">
+        <v>0</v>
+      </c>
+      <c r="L439" s="255"/>
       <c r="M439" s="111">
         <v>0</v>
       </c>
       <c r="N439" s="138">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="Q439" s="197"/>
-[...1 lines deleted...]
-      <c r="T439" s="210"/>
+      <c r="Q439" s="147"/>
+      <c r="S439" s="161"/>
+      <c r="T439" s="162"/>
     </row>
     <row r="440" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B440" s="42" t="s">
         <v>176</v>
       </c>
-      <c r="C440" s="289"/>
-[...1 lines deleted...]
-      <c r="E440" s="156">
+      <c r="C440" s="194"/>
+      <c r="D440" s="195"/>
+      <c r="E440" s="258">
         <f>SUM(E434:F439)</f>
         <v>0</v>
       </c>
-      <c r="F440" s="156"/>
-      <c r="G440" s="157">
+      <c r="F440" s="258"/>
+      <c r="G440" s="259">
         <f>SUM(G434:H439)</f>
         <v>0</v>
       </c>
-      <c r="H440" s="157"/>
-      <c r="I440" s="156">
+      <c r="H440" s="259"/>
+      <c r="I440" s="258">
         <f>SUM(I434:J439)</f>
         <v>0</v>
       </c>
-      <c r="J440" s="156"/>
-      <c r="K440" s="157">
+      <c r="J440" s="258"/>
+      <c r="K440" s="259">
         <f>SUM(K434:L439)</f>
         <v>0</v>
       </c>
-      <c r="L440" s="157"/>
+      <c r="L440" s="259"/>
       <c r="M440" s="109">
         <f>SUM(M434:M439)</f>
         <v>0</v>
       </c>
       <c r="N440" s="110">
         <f>SUM(N434:N439)</f>
         <v>0</v>
       </c>
-      <c r="Q440" s="197"/>
+      <c r="Q440" s="147"/>
       <c r="R440" s="27" t="str">
         <f>IF(M91-N440=0,"OK","Current year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S440" s="209"/>
-      <c r="T440" s="210"/>
+      <c r="S440" s="161"/>
+      <c r="T440" s="162"/>
     </row>
     <row r="441" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B441" s="10"/>
       <c r="C441" s="10"/>
       <c r="D441" s="1"/>
       <c r="E441" s="1"/>
       <c r="F441" s="1"/>
       <c r="G441" s="1"/>
       <c r="H441" s="1"/>
       <c r="I441" s="1"/>
       <c r="J441" s="1"/>
-      <c r="Q441" s="197"/>
-[...1 lines deleted...]
-      <c r="T441" s="210"/>
+      <c r="Q441" s="147"/>
+      <c r="S441" s="161"/>
+      <c r="T441" s="162"/>
     </row>
     <row r="442" spans="2:20" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B442" s="10"/>
-      <c r="C442" s="199" t="s">
+      <c r="C442" s="192" t="s">
         <v>215</v>
       </c>
-      <c r="D442" s="199"/>
-[...12 lines deleted...]
-      <c r="T442" s="210"/>
+      <c r="D442" s="192"/>
+      <c r="E442" s="192"/>
+      <c r="F442" s="192"/>
+      <c r="G442" s="192"/>
+      <c r="H442" s="192"/>
+      <c r="I442" s="192"/>
+      <c r="J442" s="192"/>
+      <c r="K442" s="192"/>
+      <c r="L442" s="192"/>
+      <c r="M442" s="192"/>
+      <c r="N442" s="192"/>
+      <c r="Q442" s="147"/>
+      <c r="S442" s="161"/>
+      <c r="T442" s="162"/>
     </row>
     <row r="443" spans="2:20" ht="39.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B443" s="29" t="s">
         <v>186</v>
       </c>
-      <c r="C443" s="242" t="s">
+      <c r="C443" s="210" t="s">
         <v>210</v>
       </c>
-      <c r="D443" s="245"/>
-      <c r="E443" s="242" t="s">
+      <c r="D443" s="211"/>
+      <c r="E443" s="210" t="s">
         <v>187</v>
       </c>
-      <c r="F443" s="245"/>
-      <c r="G443" s="180" t="s">
+      <c r="F443" s="211"/>
+      <c r="G443" s="188" t="s">
         <v>188</v>
       </c>
-      <c r="H443" s="182"/>
-      <c r="I443" s="180" t="s">
+      <c r="H443" s="190"/>
+      <c r="I443" s="188" t="s">
         <v>189</v>
       </c>
-      <c r="J443" s="182"/>
-      <c r="K443" s="242" t="s">
+      <c r="J443" s="190"/>
+      <c r="K443" s="210" t="s">
         <v>211</v>
       </c>
-      <c r="L443" s="245"/>
+      <c r="L443" s="211"/>
       <c r="M443" s="31" t="s">
         <v>212</v>
       </c>
       <c r="N443" s="32" t="s">
         <v>192</v>
       </c>
-      <c r="Q443" s="197"/>
-[...1 lines deleted...]
-      <c r="T443" s="210"/>
+      <c r="Q443" s="147"/>
+      <c r="S443" s="161"/>
+      <c r="T443" s="162"/>
     </row>
     <row r="444" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B444" s="83"/>
-      <c r="C444" s="150" t="s">
+      <c r="C444" s="228" t="s">
         <v>213</v>
       </c>
-      <c r="D444" s="151"/>
-[...15 lines deleted...]
-      <c r="L444" s="147"/>
+      <c r="D444" s="229"/>
+      <c r="E444" s="252">
+        <v>0</v>
+      </c>
+      <c r="F444" s="253"/>
+      <c r="G444" s="250">
+        <v>0</v>
+      </c>
+      <c r="H444" s="251"/>
+      <c r="I444" s="252">
+        <v>0</v>
+      </c>
+      <c r="J444" s="253"/>
+      <c r="K444" s="250">
+        <v>0</v>
+      </c>
+      <c r="L444" s="251"/>
       <c r="M444" s="111">
         <v>0</v>
       </c>
       <c r="N444" s="114">
         <f>SUM(E444:M444)</f>
         <v>0</v>
       </c>
-      <c r="Q444" s="197"/>
-[...1 lines deleted...]
-      <c r="T444" s="210"/>
+      <c r="Q444" s="147"/>
+      <c r="S444" s="161"/>
+      <c r="T444" s="162"/>
     </row>
     <row r="445" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B445" s="83"/>
-      <c r="C445" s="150" t="s">
+      <c r="C445" s="228" t="s">
         <v>213</v>
       </c>
-      <c r="D445" s="151"/>
-[...15 lines deleted...]
-      <c r="L445" s="147"/>
+      <c r="D445" s="229"/>
+      <c r="E445" s="252">
+        <v>0</v>
+      </c>
+      <c r="F445" s="253"/>
+      <c r="G445" s="250">
+        <v>0</v>
+      </c>
+      <c r="H445" s="251"/>
+      <c r="I445" s="252">
+        <v>0</v>
+      </c>
+      <c r="J445" s="253"/>
+      <c r="K445" s="250">
+        <v>0</v>
+      </c>
+      <c r="L445" s="251"/>
       <c r="M445" s="111">
         <v>0</v>
       </c>
       <c r="N445" s="114">
         <f t="shared" ref="N445:N449" si="5">SUM(E445:M445)</f>
         <v>0</v>
       </c>
-      <c r="Q445" s="197"/>
-[...1 lines deleted...]
-      <c r="T445" s="210"/>
+      <c r="Q445" s="147"/>
+      <c r="S445" s="161"/>
+      <c r="T445" s="162"/>
     </row>
     <row r="446" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B446" s="83"/>
-      <c r="C446" s="150" t="s">
+      <c r="C446" s="228" t="s">
         <v>213</v>
       </c>
-      <c r="D446" s="151"/>
-[...15 lines deleted...]
-      <c r="L446" s="147"/>
+      <c r="D446" s="229"/>
+      <c r="E446" s="252">
+        <v>0</v>
+      </c>
+      <c r="F446" s="253"/>
+      <c r="G446" s="250">
+        <v>0</v>
+      </c>
+      <c r="H446" s="251"/>
+      <c r="I446" s="252">
+        <v>0</v>
+      </c>
+      <c r="J446" s="253"/>
+      <c r="K446" s="250">
+        <v>0</v>
+      </c>
+      <c r="L446" s="251"/>
       <c r="M446" s="111">
         <v>0</v>
       </c>
       <c r="N446" s="114">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="Q446" s="197"/>
-[...1 lines deleted...]
-      <c r="T446" s="210"/>
+      <c r="Q446" s="147"/>
+      <c r="S446" s="161"/>
+      <c r="T446" s="162"/>
     </row>
     <row r="447" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B447" s="124"/>
-      <c r="C447" s="150" t="s">
+      <c r="C447" s="228" t="s">
         <v>214</v>
       </c>
-      <c r="D447" s="151"/>
-[...15 lines deleted...]
-      <c r="L447" s="153"/>
+      <c r="D447" s="229"/>
+      <c r="E447" s="252">
+        <v>0</v>
+      </c>
+      <c r="F447" s="253"/>
+      <c r="G447" s="254">
+        <v>0</v>
+      </c>
+      <c r="H447" s="255"/>
+      <c r="I447" s="256">
+        <v>0</v>
+      </c>
+      <c r="J447" s="257"/>
+      <c r="K447" s="254">
+        <v>0</v>
+      </c>
+      <c r="L447" s="255"/>
       <c r="M447" s="111">
         <v>0</v>
       </c>
       <c r="N447" s="114">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="Q447" s="197"/>
-[...1 lines deleted...]
-      <c r="T447" s="210"/>
+      <c r="Q447" s="147"/>
+      <c r="S447" s="161"/>
+      <c r="T447" s="162"/>
     </row>
     <row r="448" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B448" s="124"/>
-      <c r="C448" s="150" t="s">
+      <c r="C448" s="228" t="s">
         <v>214</v>
       </c>
-      <c r="D448" s="151"/>
-[...15 lines deleted...]
-      <c r="L448" s="153"/>
+      <c r="D448" s="229"/>
+      <c r="E448" s="252">
+        <v>0</v>
+      </c>
+      <c r="F448" s="253"/>
+      <c r="G448" s="254">
+        <v>0</v>
+      </c>
+      <c r="H448" s="255"/>
+      <c r="I448" s="256">
+        <v>0</v>
+      </c>
+      <c r="J448" s="257"/>
+      <c r="K448" s="254">
+        <v>0</v>
+      </c>
+      <c r="L448" s="255"/>
       <c r="M448" s="111">
         <v>0</v>
       </c>
       <c r="N448" s="114">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="Q448" s="197"/>
-[...1 lines deleted...]
-      <c r="T448" s="210"/>
+      <c r="Q448" s="147"/>
+      <c r="S448" s="161"/>
+      <c r="T448" s="162"/>
     </row>
     <row r="449" spans="2:20" ht="28" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B449" s="124"/>
-      <c r="C449" s="150" t="s">
+      <c r="C449" s="228" t="s">
         <v>214</v>
       </c>
-      <c r="D449" s="151"/>
-[...15 lines deleted...]
-      <c r="L449" s="153"/>
+      <c r="D449" s="229"/>
+      <c r="E449" s="252">
+        <v>0</v>
+      </c>
+      <c r="F449" s="253"/>
+      <c r="G449" s="254">
+        <v>0</v>
+      </c>
+      <c r="H449" s="255"/>
+      <c r="I449" s="256">
+        <v>0</v>
+      </c>
+      <c r="J449" s="257"/>
+      <c r="K449" s="254">
+        <v>0</v>
+      </c>
+      <c r="L449" s="255"/>
       <c r="M449" s="111">
         <v>0</v>
       </c>
       <c r="N449" s="114">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="Q449" s="197"/>
-[...1 lines deleted...]
-      <c r="T449" s="210"/>
+      <c r="Q449" s="147"/>
+      <c r="S449" s="161"/>
+      <c r="T449" s="162"/>
     </row>
     <row r="450" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B450" s="42" t="s">
         <v>176</v>
       </c>
-      <c r="C450" s="289"/>
-[...1 lines deleted...]
-      <c r="E450" s="156">
+      <c r="C450" s="194"/>
+      <c r="D450" s="195"/>
+      <c r="E450" s="258">
         <f>SUM(E444:F449)</f>
         <v>0</v>
       </c>
-      <c r="F450" s="156"/>
-      <c r="G450" s="157">
+      <c r="F450" s="258"/>
+      <c r="G450" s="259">
         <f>SUM(G444:H449)</f>
         <v>0</v>
       </c>
-      <c r="H450" s="157"/>
-      <c r="I450" s="156">
+      <c r="H450" s="259"/>
+      <c r="I450" s="258">
         <f>SUM(I444:J449)</f>
         <v>0</v>
       </c>
-      <c r="J450" s="156"/>
-      <c r="K450" s="157">
+      <c r="J450" s="258"/>
+      <c r="K450" s="259">
         <f>SUM(K444:L449)</f>
         <v>0</v>
       </c>
-      <c r="L450" s="157"/>
+      <c r="L450" s="259"/>
       <c r="M450" s="109">
         <f>SUM(M444:M449)</f>
         <v>0</v>
       </c>
       <c r="N450" s="110">
         <f>SUM(N444:N449)</f>
         <v>0</v>
       </c>
-      <c r="Q450" s="198"/>
+      <c r="Q450" s="148"/>
       <c r="R450" s="27" t="str">
         <f>IF(N91-N450=0,"OK","Last year doesn't match")</f>
         <v>OK</v>
       </c>
-      <c r="S450" s="211"/>
-      <c r="T450" s="212"/>
+      <c r="S450" s="163"/>
+      <c r="T450" s="164"/>
     </row>
     <row r="451" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B451" s="28"/>
       <c r="C451" s="93"/>
       <c r="D451" s="93"/>
       <c r="E451" s="94"/>
       <c r="F451" s="94"/>
       <c r="G451" s="94"/>
       <c r="H451" s="94"/>
       <c r="I451" s="94"/>
       <c r="J451" s="94"/>
       <c r="K451" s="94"/>
       <c r="L451" s="94"/>
       <c r="M451" s="95"/>
       <c r="N451" s="92"/>
     </row>
     <row r="452" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B452" s="193" t="s">
+      <c r="B452" s="298" t="s">
         <v>216</v>
       </c>
-      <c r="C452" s="194"/>
-[...8 lines deleted...]
-      <c r="L452" s="195"/>
+      <c r="C452" s="299"/>
+      <c r="D452" s="299"/>
+      <c r="E452" s="299"/>
+      <c r="F452" s="299"/>
+      <c r="G452" s="299"/>
+      <c r="H452" s="299"/>
+      <c r="I452" s="299"/>
+      <c r="J452" s="299"/>
+      <c r="K452" s="299"/>
+      <c r="L452" s="300"/>
       <c r="M452" s="28"/>
       <c r="N452" s="92"/>
-      <c r="Q452" s="196" t="s">
+      <c r="Q452" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="S452" s="226" t="s">
+      <c r="S452" s="286" t="s">
         <v>217</v>
       </c>
-      <c r="T452" s="226"/>
+      <c r="T452" s="286"/>
     </row>
     <row r="453" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B453" s="166" t="s">
+      <c r="B453" s="209" t="s">
         <v>218</v>
       </c>
-      <c r="C453" s="166"/>
-[...1 lines deleted...]
-      <c r="E453" s="199" t="s">
+      <c r="C453" s="209"/>
+      <c r="D453" s="209"/>
+      <c r="E453" s="192" t="s">
         <v>203</v>
       </c>
-      <c r="F453" s="199"/>
-[...2 lines deleted...]
-      <c r="I453" s="199" t="s">
+      <c r="F453" s="192"/>
+      <c r="G453" s="192"/>
+      <c r="H453" s="192"/>
+      <c r="I453" s="192" t="s">
         <v>204</v>
       </c>
-      <c r="J453" s="199"/>
-[...1 lines deleted...]
-      <c r="L453" s="199"/>
+      <c r="J453" s="192"/>
+      <c r="K453" s="192"/>
+      <c r="L453" s="192"/>
       <c r="M453" s="3"/>
       <c r="N453" s="92"/>
-      <c r="Q453" s="197"/>
-[...1 lines deleted...]
-      <c r="T453" s="226"/>
+      <c r="Q453" s="147"/>
+      <c r="S453" s="286"/>
+      <c r="T453" s="286"/>
     </row>
     <row r="454" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B454" s="178"/>
-[...9 lines deleted...]
-      <c r="L454" s="165"/>
+      <c r="B454" s="183"/>
+      <c r="C454" s="183"/>
+      <c r="D454" s="183"/>
+      <c r="E454" s="182"/>
+      <c r="F454" s="182"/>
+      <c r="G454" s="182"/>
+      <c r="H454" s="182"/>
+      <c r="I454" s="182"/>
+      <c r="J454" s="182"/>
+      <c r="K454" s="182"/>
+      <c r="L454" s="182"/>
       <c r="N454" s="92"/>
-      <c r="Q454" s="197"/>
-[...1 lines deleted...]
-      <c r="T454" s="226"/>
+      <c r="Q454" s="147"/>
+      <c r="S454" s="286"/>
+      <c r="T454" s="286"/>
     </row>
     <row r="455" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B455" s="178"/>
-[...9 lines deleted...]
-      <c r="L455" s="165"/>
+      <c r="B455" s="183"/>
+      <c r="C455" s="183"/>
+      <c r="D455" s="183"/>
+      <c r="E455" s="182"/>
+      <c r="F455" s="182"/>
+      <c r="G455" s="182"/>
+      <c r="H455" s="182"/>
+      <c r="I455" s="182"/>
+      <c r="J455" s="182"/>
+      <c r="K455" s="182"/>
+      <c r="L455" s="182"/>
       <c r="N455" s="92"/>
-      <c r="Q455" s="197"/>
-[...1 lines deleted...]
-      <c r="T455" s="226"/>
+      <c r="Q455" s="147"/>
+      <c r="S455" s="286"/>
+      <c r="T455" s="286"/>
     </row>
     <row r="456" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B456" s="178"/>
-[...9 lines deleted...]
-      <c r="L456" s="165"/>
+      <c r="B456" s="183"/>
+      <c r="C456" s="183"/>
+      <c r="D456" s="183"/>
+      <c r="E456" s="182"/>
+      <c r="F456" s="182"/>
+      <c r="G456" s="182"/>
+      <c r="H456" s="182"/>
+      <c r="I456" s="182"/>
+      <c r="J456" s="182"/>
+      <c r="K456" s="182"/>
+      <c r="L456" s="182"/>
       <c r="N456" s="92"/>
-      <c r="Q456" s="197"/>
-[...1 lines deleted...]
-      <c r="T456" s="226"/>
+      <c r="Q456" s="147"/>
+      <c r="S456" s="286"/>
+      <c r="T456" s="286"/>
     </row>
     <row r="457" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B457" s="178"/>
-[...9 lines deleted...]
-      <c r="L457" s="165"/>
+      <c r="B457" s="183"/>
+      <c r="C457" s="183"/>
+      <c r="D457" s="183"/>
+      <c r="E457" s="182"/>
+      <c r="F457" s="182"/>
+      <c r="G457" s="182"/>
+      <c r="H457" s="182"/>
+      <c r="I457" s="182"/>
+      <c r="J457" s="182"/>
+      <c r="K457" s="182"/>
+      <c r="L457" s="182"/>
       <c r="N457" s="92"/>
-      <c r="Q457" s="197"/>
-[...1 lines deleted...]
-      <c r="T457" s="226"/>
+      <c r="Q457" s="147"/>
+      <c r="S457" s="286"/>
+      <c r="T457" s="286"/>
     </row>
     <row r="458" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B458" s="178"/>
-[...9 lines deleted...]
-      <c r="L458" s="165"/>
+      <c r="B458" s="183"/>
+      <c r="C458" s="183"/>
+      <c r="D458" s="183"/>
+      <c r="E458" s="182"/>
+      <c r="F458" s="182"/>
+      <c r="G458" s="182"/>
+      <c r="H458" s="182"/>
+      <c r="I458" s="182"/>
+      <c r="J458" s="182"/>
+      <c r="K458" s="182"/>
+      <c r="L458" s="182"/>
       <c r="N458" s="92"/>
-      <c r="Q458" s="198"/>
-[...1 lines deleted...]
-      <c r="T458" s="226"/>
+      <c r="Q458" s="148"/>
+      <c r="S458" s="286"/>
+      <c r="T458" s="286"/>
     </row>
     <row r="459" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B459" s="10"/>
     </row>
     <row r="460" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B460" s="10"/>
     </row>
     <row r="461" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B461" s="145" t="s">
+      <c r="B461" s="205" t="s">
         <v>219</v>
       </c>
-      <c r="C461" s="145"/>
-[...10 lines deleted...]
-      <c r="N461" s="145"/>
+      <c r="C461" s="205"/>
+      <c r="D461" s="205"/>
+      <c r="E461" s="205"/>
+      <c r="F461" s="205"/>
+      <c r="G461" s="205"/>
+      <c r="H461" s="205"/>
+      <c r="I461" s="205"/>
+      <c r="J461" s="205"/>
+      <c r="K461" s="205"/>
+      <c r="L461" s="205"/>
+      <c r="M461" s="205"/>
+      <c r="N461" s="205"/>
     </row>
     <row r="462" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B462" s="10"/>
     </row>
     <row r="463" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C463" s="180" t="s">
+      <c r="C463" s="188" t="s">
         <v>48</v>
       </c>
-      <c r="D463" s="181"/>
-[...9 lines deleted...]
-      <c r="N463" s="182"/>
+      <c r="D463" s="189"/>
+      <c r="E463" s="189"/>
+      <c r="F463" s="189"/>
+      <c r="G463" s="189"/>
+      <c r="H463" s="189"/>
+      <c r="I463" s="189"/>
+      <c r="J463" s="189"/>
+      <c r="K463" s="189"/>
+      <c r="L463" s="189"/>
+      <c r="M463" s="189"/>
+      <c r="N463" s="190"/>
       <c r="O463" s="3"/>
-      <c r="Q463" s="291" t="s">
+      <c r="Q463" s="149" t="s">
         <v>19</v>
       </c>
-      <c r="S463" s="207" t="s">
+      <c r="S463" s="152" t="s">
         <v>220</v>
       </c>
-      <c r="T463" s="208"/>
+      <c r="T463" s="160"/>
     </row>
     <row r="464" spans="2:20" ht="66.650000000000006" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B464" s="29" t="s">
         <v>221</v>
       </c>
-      <c r="C464" s="183" t="s">
+      <c r="C464" s="191" t="s">
         <v>222</v>
       </c>
-      <c r="D464" s="183"/>
-      <c r="E464" s="183" t="s">
+      <c r="D464" s="191"/>
+      <c r="E464" s="191" t="s">
         <v>223</v>
       </c>
-      <c r="F464" s="183"/>
-      <c r="G464" s="183" t="s">
+      <c r="F464" s="191"/>
+      <c r="G464" s="191" t="s">
         <v>224</v>
       </c>
-      <c r="H464" s="183"/>
-      <c r="I464" s="183" t="s">
+      <c r="H464" s="191"/>
+      <c r="I464" s="191" t="s">
         <v>225</v>
       </c>
-      <c r="J464" s="183"/>
-      <c r="K464" s="183" t="s">
+      <c r="J464" s="191"/>
+      <c r="K464" s="191" t="s">
         <v>226</v>
       </c>
-      <c r="L464" s="183"/>
+      <c r="L464" s="191"/>
       <c r="M464" s="31" t="s">
         <v>227</v>
       </c>
       <c r="N464" s="31" t="s">
         <v>176</v>
       </c>
-      <c r="Q464" s="292"/>
-[...1 lines deleted...]
-      <c r="T464" s="210"/>
+      <c r="Q464" s="150"/>
+      <c r="S464" s="161"/>
+      <c r="T464" s="162"/>
     </row>
     <row r="465" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B465" s="71" t="s">
         <v>228</v>
       </c>
-      <c r="C465" s="160">
+      <c r="C465" s="260">
         <f>C489</f>
         <v>0</v>
       </c>
-      <c r="D465" s="160"/>
-      <c r="E465" s="160">
+      <c r="D465" s="260"/>
+      <c r="E465" s="260">
         <f>E489</f>
         <v>0</v>
       </c>
-      <c r="F465" s="160"/>
-      <c r="G465" s="160">
+      <c r="F465" s="260"/>
+      <c r="G465" s="260">
         <f>G489</f>
         <v>0</v>
       </c>
-      <c r="H465" s="160"/>
-      <c r="I465" s="160">
+      <c r="H465" s="260"/>
+      <c r="I465" s="260">
         <f>I489</f>
         <v>0</v>
       </c>
-      <c r="J465" s="160"/>
-      <c r="K465" s="160">
+      <c r="J465" s="260"/>
+      <c r="K465" s="260">
         <f>K489</f>
         <v>0</v>
       </c>
-      <c r="L465" s="160"/>
+      <c r="L465" s="260"/>
       <c r="M465" s="114">
         <f>M489</f>
         <v>0</v>
       </c>
       <c r="N465" s="112">
         <f>SUM(C465:M465)</f>
         <v>0</v>
       </c>
-      <c r="Q465" s="292"/>
-[...1 lines deleted...]
-      <c r="T465" s="210"/>
+      <c r="Q465" s="150"/>
+      <c r="S465" s="161"/>
+      <c r="T465" s="162"/>
     </row>
     <row r="466" spans="2:20" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B466" s="71" t="s">
         <v>107</v>
       </c>
-      <c r="C466" s="159">
-[...10 lines deleted...]
-      <c r="L466" s="160"/>
+      <c r="C466" s="262">
+        <v>0</v>
+      </c>
+      <c r="D466" s="262"/>
+      <c r="E466" s="260"/>
+      <c r="F466" s="260"/>
+      <c r="G466" s="263"/>
+      <c r="H466" s="263"/>
+      <c r="I466" s="260"/>
+      <c r="J466" s="260"/>
+      <c r="K466" s="260"/>
+      <c r="L466" s="260"/>
       <c r="M466" s="113"/>
       <c r="N466" s="112">
         <f>SUM(C466:M466)</f>
         <v>0</v>
       </c>
-      <c r="Q466" s="292"/>
-[...1 lines deleted...]
-      <c r="T466" s="210"/>
+      <c r="Q466" s="150"/>
+      <c r="S466" s="161"/>
+      <c r="T466" s="162"/>
     </row>
     <row r="467" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B467" s="71" t="s">
         <v>229</v>
       </c>
-      <c r="C467" s="159">
-[...10 lines deleted...]
-      <c r="L467" s="160"/>
+      <c r="C467" s="262">
+        <v>0</v>
+      </c>
+      <c r="D467" s="262"/>
+      <c r="E467" s="260"/>
+      <c r="F467" s="260"/>
+      <c r="G467" s="263"/>
+      <c r="H467" s="263"/>
+      <c r="I467" s="260"/>
+      <c r="J467" s="260"/>
+      <c r="K467" s="260"/>
+      <c r="L467" s="260"/>
       <c r="M467" s="113"/>
       <c r="N467" s="112">
         <f>SUM(C467:M467)</f>
         <v>0</v>
       </c>
-      <c r="Q467" s="292"/>
-[...1 lines deleted...]
-      <c r="T467" s="210"/>
+      <c r="Q467" s="150"/>
+      <c r="S467" s="161"/>
+      <c r="T467" s="162"/>
     </row>
     <row r="468" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B468" s="71" t="s">
         <v>80</v>
       </c>
-      <c r="C468" s="158"/>
-[...1 lines deleted...]
-      <c r="E468" s="160">
+      <c r="C468" s="261"/>
+      <c r="D468" s="261"/>
+      <c r="E468" s="260">
         <f>$M$74</f>
         <v>0</v>
       </c>
-      <c r="F468" s="160"/>
-[...5 lines deleted...]
-      <c r="L468" s="160"/>
+      <c r="F468" s="260"/>
+      <c r="G468" s="263"/>
+      <c r="H468" s="263"/>
+      <c r="I468" s="260"/>
+      <c r="J468" s="260"/>
+      <c r="K468" s="260"/>
+      <c r="L468" s="260"/>
       <c r="M468" s="113"/>
       <c r="N468" s="112">
         <f t="shared" ref="N468:N474" si="6">SUM(D468:M468)</f>
         <v>0</v>
       </c>
-      <c r="Q468" s="292"/>
-[...1 lines deleted...]
-      <c r="T468" s="210"/>
+      <c r="Q468" s="150"/>
+      <c r="S468" s="161"/>
+      <c r="T468" s="162"/>
     </row>
     <row r="469" spans="2:20" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B469" s="71" t="s">
         <v>230</v>
       </c>
-      <c r="C469" s="158"/>
-[...10 lines deleted...]
-      <c r="L469" s="160"/>
+      <c r="C469" s="261"/>
+      <c r="D469" s="261"/>
+      <c r="E469" s="262">
+        <v>0</v>
+      </c>
+      <c r="F469" s="262"/>
+      <c r="G469" s="263"/>
+      <c r="H469" s="263"/>
+      <c r="I469" s="260"/>
+      <c r="J469" s="260"/>
+      <c r="K469" s="260"/>
+      <c r="L469" s="260"/>
       <c r="M469" s="113"/>
       <c r="N469" s="112">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Q469" s="292"/>
-[...1 lines deleted...]
-      <c r="T469" s="210"/>
+      <c r="Q469" s="150"/>
+      <c r="S469" s="161"/>
+      <c r="T469" s="162"/>
     </row>
     <row r="470" spans="2:20" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B470" s="71" t="s">
         <v>231</v>
       </c>
-      <c r="C470" s="158"/>
-[...12 lines deleted...]
-      <c r="L470" s="160"/>
+      <c r="C470" s="261"/>
+      <c r="D470" s="261"/>
+      <c r="E470" s="262">
+        <v>0</v>
+      </c>
+      <c r="F470" s="262"/>
+      <c r="G470" s="262">
+        <v>0</v>
+      </c>
+      <c r="H470" s="262"/>
+      <c r="I470" s="260"/>
+      <c r="J470" s="260"/>
+      <c r="K470" s="260"/>
+      <c r="L470" s="260"/>
       <c r="M470" s="113"/>
       <c r="N470" s="112">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Q470" s="292"/>
-[...1 lines deleted...]
-      <c r="T470" s="210"/>
+      <c r="Q470" s="150"/>
+      <c r="S470" s="161"/>
+      <c r="T470" s="162"/>
     </row>
     <row r="471" spans="2:20" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B471" s="71" t="s">
         <v>232</v>
       </c>
-      <c r="C471" s="158"/>
-[...12 lines deleted...]
-      <c r="L471" s="160"/>
+      <c r="C471" s="261"/>
+      <c r="D471" s="261"/>
+      <c r="E471" s="262">
+        <v>0</v>
+      </c>
+      <c r="F471" s="262"/>
+      <c r="G471" s="262">
+        <v>0</v>
+      </c>
+      <c r="H471" s="262"/>
+      <c r="I471" s="260"/>
+      <c r="J471" s="260"/>
+      <c r="K471" s="260"/>
+      <c r="L471" s="260"/>
       <c r="M471" s="113"/>
       <c r="N471" s="112">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Q471" s="292"/>
-[...1 lines deleted...]
-      <c r="T471" s="210"/>
+      <c r="Q471" s="150"/>
+      <c r="S471" s="161"/>
+      <c r="T471" s="162"/>
     </row>
     <row r="472" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B472" s="71" t="s">
         <v>233</v>
       </c>
-      <c r="C472" s="158"/>
-[...12 lines deleted...]
-      <c r="L472" s="159"/>
+      <c r="C472" s="261"/>
+      <c r="D472" s="261"/>
+      <c r="E472" s="260"/>
+      <c r="F472" s="260"/>
+      <c r="G472" s="263"/>
+      <c r="H472" s="263"/>
+      <c r="I472" s="262">
+        <v>0</v>
+      </c>
+      <c r="J472" s="262"/>
+      <c r="K472" s="262">
+        <v>0</v>
+      </c>
+      <c r="L472" s="262"/>
       <c r="M472" s="113"/>
       <c r="N472" s="112">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Q472" s="292"/>
-[...1 lines deleted...]
-      <c r="T472" s="210"/>
+      <c r="Q472" s="150"/>
+      <c r="S472" s="161"/>
+      <c r="T472" s="162"/>
     </row>
     <row r="473" spans="2:20" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B473" s="71" t="s">
         <v>234</v>
       </c>
-      <c r="C473" s="158"/>
-[...14 lines deleted...]
-      <c r="L473" s="159"/>
+      <c r="C473" s="261"/>
+      <c r="D473" s="261"/>
+      <c r="E473" s="262">
+        <v>0</v>
+      </c>
+      <c r="F473" s="262"/>
+      <c r="G473" s="260"/>
+      <c r="H473" s="260"/>
+      <c r="I473" s="262">
+        <v>0</v>
+      </c>
+      <c r="J473" s="262"/>
+      <c r="K473" s="262">
+        <v>0</v>
+      </c>
+      <c r="L473" s="262"/>
       <c r="M473" s="113"/>
       <c r="N473" s="112">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Q473" s="292"/>
-[...1 lines deleted...]
-      <c r="T473" s="210"/>
+      <c r="Q473" s="150"/>
+      <c r="S473" s="161"/>
+      <c r="T473" s="162"/>
     </row>
     <row r="474" spans="2:20" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B474" s="71" t="s">
         <v>235</v>
       </c>
-      <c r="C474" s="158"/>
-[...10 lines deleted...]
-      <c r="L474" s="160"/>
+      <c r="C474" s="261"/>
+      <c r="D474" s="261"/>
+      <c r="E474" s="262">
+        <v>0</v>
+      </c>
+      <c r="F474" s="262"/>
+      <c r="G474" s="263"/>
+      <c r="H474" s="263"/>
+      <c r="I474" s="260"/>
+      <c r="J474" s="260"/>
+      <c r="K474" s="260"/>
+      <c r="L474" s="260"/>
       <c r="M474" s="111">
         <v>0</v>
       </c>
       <c r="N474" s="112">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Q474" s="292"/>
-[...1 lines deleted...]
-      <c r="T474" s="210"/>
+      <c r="Q474" s="150"/>
+      <c r="S474" s="161"/>
+      <c r="T474" s="162"/>
     </row>
     <row r="475" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B475" s="70" t="s">
         <v>236</v>
       </c>
-      <c r="C475" s="156">
+      <c r="C475" s="258">
         <f>SUM(C465:D474)</f>
         <v>0</v>
       </c>
-      <c r="D475" s="156"/>
-      <c r="E475" s="156">
+      <c r="D475" s="258"/>
+      <c r="E475" s="258">
         <f>SUM(E465:E474)</f>
         <v>0</v>
       </c>
-      <c r="F475" s="156"/>
-      <c r="G475" s="156">
+      <c r="F475" s="258"/>
+      <c r="G475" s="258">
         <f>SUM(G465:G474)</f>
         <v>0</v>
       </c>
-      <c r="H475" s="156"/>
-      <c r="I475" s="156">
+      <c r="H475" s="258"/>
+      <c r="I475" s="258">
         <f>SUM(I465:I474)</f>
         <v>0</v>
       </c>
-      <c r="J475" s="156"/>
-      <c r="K475" s="156">
+      <c r="J475" s="258"/>
+      <c r="K475" s="258">
         <f>SUM(K465:K474)</f>
         <v>0</v>
       </c>
-      <c r="L475" s="156"/>
+      <c r="L475" s="258"/>
       <c r="M475" s="109">
         <f>SUM(M465:M474)</f>
         <v>0</v>
       </c>
       <c r="N475" s="110">
         <f>SUM(C475:M475)</f>
         <v>0</v>
       </c>
-      <c r="Q475" s="292"/>
+      <c r="Q475" s="150"/>
       <c r="R475" s="27" t="str">
         <f>IF(M108-M117=0,"OK","Current year net assets doesn't equal accumulated funds")</f>
         <v>OK</v>
       </c>
-      <c r="S475" s="209"/>
-      <c r="T475" s="210"/>
+      <c r="S475" s="161"/>
+      <c r="T475" s="162"/>
     </row>
     <row r="476" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B476" s="10"/>
-      <c r="Q476" s="292"/>
-[...1 lines deleted...]
-      <c r="T476" s="210"/>
+      <c r="Q476" s="150"/>
+      <c r="S476" s="161"/>
+      <c r="T476" s="162"/>
     </row>
     <row r="477" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="C477" s="180" t="s">
+      <c r="C477" s="188" t="s">
         <v>49</v>
       </c>
-      <c r="D477" s="181"/>
-[...12 lines deleted...]
-      <c r="T477" s="210"/>
+      <c r="D477" s="189"/>
+      <c r="E477" s="189"/>
+      <c r="F477" s="189"/>
+      <c r="G477" s="189"/>
+      <c r="H477" s="189"/>
+      <c r="I477" s="189"/>
+      <c r="J477" s="189"/>
+      <c r="K477" s="189"/>
+      <c r="L477" s="189"/>
+      <c r="M477" s="189"/>
+      <c r="N477" s="190"/>
+      <c r="Q477" s="150"/>
+      <c r="S477" s="161"/>
+      <c r="T477" s="162"/>
     </row>
     <row r="478" spans="2:20" ht="72" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B478" s="29" t="s">
         <v>221</v>
       </c>
-      <c r="C478" s="183" t="s">
+      <c r="C478" s="191" t="s">
         <v>222</v>
       </c>
-      <c r="D478" s="183"/>
-      <c r="E478" s="183" t="s">
+      <c r="D478" s="191"/>
+      <c r="E478" s="191" t="s">
         <v>223</v>
       </c>
-      <c r="F478" s="183"/>
-      <c r="G478" s="183" t="s">
+      <c r="F478" s="191"/>
+      <c r="G478" s="191" t="s">
         <v>224</v>
       </c>
-      <c r="H478" s="183"/>
-      <c r="I478" s="183" t="s">
+      <c r="H478" s="191"/>
+      <c r="I478" s="191" t="s">
         <v>225</v>
       </c>
-      <c r="J478" s="183"/>
-      <c r="K478" s="183" t="s">
+      <c r="J478" s="191"/>
+      <c r="K478" s="191" t="s">
         <v>226</v>
       </c>
-      <c r="L478" s="183"/>
+      <c r="L478" s="191"/>
       <c r="M478" s="31" t="s">
         <v>227</v>
       </c>
       <c r="N478" s="31" t="s">
         <v>176</v>
       </c>
-      <c r="Q478" s="292"/>
-[...1 lines deleted...]
-      <c r="T478" s="210"/>
+      <c r="Q478" s="150"/>
+      <c r="S478" s="161"/>
+      <c r="T478" s="162"/>
     </row>
     <row r="479" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B479" s="71" t="s">
         <v>228</v>
       </c>
-      <c r="C479" s="159">
-[...18 lines deleted...]
-      <c r="L479" s="159"/>
+      <c r="C479" s="262">
+        <v>0</v>
+      </c>
+      <c r="D479" s="262"/>
+      <c r="E479" s="262">
+        <v>0</v>
+      </c>
+      <c r="F479" s="262"/>
+      <c r="G479" s="262">
+        <v>0</v>
+      </c>
+      <c r="H479" s="262"/>
+      <c r="I479" s="262">
+        <v>0</v>
+      </c>
+      <c r="J479" s="262"/>
+      <c r="K479" s="262">
+        <v>0</v>
+      </c>
+      <c r="L479" s="262"/>
       <c r="M479" s="111">
         <v>0</v>
       </c>
       <c r="N479" s="112">
         <f>SUM(C479:M479)</f>
         <v>0</v>
       </c>
-      <c r="Q479" s="292"/>
-[...1 lines deleted...]
-      <c r="T479" s="210"/>
+      <c r="Q479" s="150"/>
+      <c r="S479" s="161"/>
+      <c r="T479" s="162"/>
     </row>
     <row r="480" spans="2:20" ht="26.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B480" s="71" t="s">
         <v>107</v>
       </c>
-      <c r="C480" s="159">
-[...10 lines deleted...]
-      <c r="L480" s="160"/>
+      <c r="C480" s="262">
+        <v>0</v>
+      </c>
+      <c r="D480" s="262"/>
+      <c r="E480" s="260"/>
+      <c r="F480" s="260"/>
+      <c r="G480" s="263"/>
+      <c r="H480" s="263"/>
+      <c r="I480" s="260"/>
+      <c r="J480" s="260"/>
+      <c r="K480" s="260"/>
+      <c r="L480" s="260"/>
       <c r="M480" s="113"/>
       <c r="N480" s="112">
         <f>SUM(C480:M480)</f>
         <v>0</v>
       </c>
-      <c r="Q480" s="292"/>
-[...1 lines deleted...]
-      <c r="T480" s="210"/>
+      <c r="Q480" s="150"/>
+      <c r="S480" s="161"/>
+      <c r="T480" s="162"/>
     </row>
     <row r="481" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B481" s="71" t="s">
         <v>229</v>
       </c>
-      <c r="C481" s="159">
-[...10 lines deleted...]
-      <c r="L481" s="160"/>
+      <c r="C481" s="262">
+        <v>0</v>
+      </c>
+      <c r="D481" s="262"/>
+      <c r="E481" s="260"/>
+      <c r="F481" s="260"/>
+      <c r="G481" s="263"/>
+      <c r="H481" s="263"/>
+      <c r="I481" s="260"/>
+      <c r="J481" s="260"/>
+      <c r="K481" s="260"/>
+      <c r="L481" s="260"/>
       <c r="M481" s="113"/>
       <c r="N481" s="112">
         <f>SUM(C481:M481)</f>
         <v>0</v>
       </c>
-      <c r="Q481" s="292"/>
-[...1 lines deleted...]
-      <c r="T481" s="210"/>
+      <c r="Q481" s="150"/>
+      <c r="S481" s="161"/>
+      <c r="T481" s="162"/>
     </row>
     <row r="482" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B482" s="71" t="s">
         <v>80</v>
       </c>
-      <c r="C482" s="158"/>
-[...1 lines deleted...]
-      <c r="E482" s="160">
+      <c r="C482" s="261"/>
+      <c r="D482" s="261"/>
+      <c r="E482" s="260">
         <f>$N$74</f>
         <v>0</v>
       </c>
-      <c r="F482" s="160"/>
-[...5 lines deleted...]
-      <c r="L482" s="160"/>
+      <c r="F482" s="260"/>
+      <c r="G482" s="263"/>
+      <c r="H482" s="263"/>
+      <c r="I482" s="260"/>
+      <c r="J482" s="260"/>
+      <c r="K482" s="260"/>
+      <c r="L482" s="260"/>
       <c r="M482" s="113"/>
       <c r="N482" s="112">
         <f t="shared" ref="N482:N488" si="7">SUM(D482:M482)</f>
         <v>0</v>
       </c>
-      <c r="Q482" s="292"/>
-[...1 lines deleted...]
-      <c r="T482" s="210"/>
+      <c r="Q482" s="150"/>
+      <c r="S482" s="161"/>
+      <c r="T482" s="162"/>
     </row>
     <row r="483" spans="2:20" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B483" s="71" t="s">
         <v>230</v>
       </c>
-      <c r="C483" s="158"/>
-[...10 lines deleted...]
-      <c r="L483" s="160"/>
+      <c r="C483" s="261"/>
+      <c r="D483" s="261"/>
+      <c r="E483" s="262">
+        <v>0</v>
+      </c>
+      <c r="F483" s="262"/>
+      <c r="G483" s="263"/>
+      <c r="H483" s="263"/>
+      <c r="I483" s="260"/>
+      <c r="J483" s="260"/>
+      <c r="K483" s="260"/>
+      <c r="L483" s="260"/>
       <c r="M483" s="113"/>
       <c r="N483" s="112">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q483" s="292"/>
-[...1 lines deleted...]
-      <c r="T483" s="210"/>
+      <c r="Q483" s="150"/>
+      <c r="S483" s="161"/>
+      <c r="T483" s="162"/>
     </row>
     <row r="484" spans="2:20" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B484" s="71" t="s">
         <v>231</v>
       </c>
-      <c r="C484" s="158"/>
-[...12 lines deleted...]
-      <c r="L484" s="160"/>
+      <c r="C484" s="261"/>
+      <c r="D484" s="261"/>
+      <c r="E484" s="262">
+        <v>0</v>
+      </c>
+      <c r="F484" s="262"/>
+      <c r="G484" s="262">
+        <v>0</v>
+      </c>
+      <c r="H484" s="262"/>
+      <c r="I484" s="260"/>
+      <c r="J484" s="260"/>
+      <c r="K484" s="260"/>
+      <c r="L484" s="260"/>
       <c r="M484" s="113"/>
       <c r="N484" s="112">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q484" s="292"/>
-[...1 lines deleted...]
-      <c r="T484" s="210"/>
+      <c r="Q484" s="150"/>
+      <c r="S484" s="161"/>
+      <c r="T484" s="162"/>
     </row>
     <row r="485" spans="2:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B485" s="71" t="s">
         <v>232</v>
       </c>
-      <c r="C485" s="158"/>
-[...12 lines deleted...]
-      <c r="L485" s="160"/>
+      <c r="C485" s="261"/>
+      <c r="D485" s="261"/>
+      <c r="E485" s="262">
+        <v>0</v>
+      </c>
+      <c r="F485" s="262"/>
+      <c r="G485" s="262">
+        <v>0</v>
+      </c>
+      <c r="H485" s="262"/>
+      <c r="I485" s="260"/>
+      <c r="J485" s="260"/>
+      <c r="K485" s="260"/>
+      <c r="L485" s="260"/>
       <c r="M485" s="113"/>
       <c r="N485" s="112">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q485" s="292"/>
-[...1 lines deleted...]
-      <c r="T485" s="210"/>
+      <c r="Q485" s="150"/>
+      <c r="S485" s="161"/>
+      <c r="T485" s="162"/>
     </row>
     <row r="486" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B486" s="71" t="s">
         <v>233</v>
       </c>
-      <c r="C486" s="158"/>
-[...12 lines deleted...]
-      <c r="L486" s="159"/>
+      <c r="C486" s="261"/>
+      <c r="D486" s="261"/>
+      <c r="E486" s="260"/>
+      <c r="F486" s="260"/>
+      <c r="G486" s="263"/>
+      <c r="H486" s="263"/>
+      <c r="I486" s="262">
+        <v>0</v>
+      </c>
+      <c r="J486" s="262"/>
+      <c r="K486" s="262">
+        <v>0</v>
+      </c>
+      <c r="L486" s="262"/>
       <c r="M486" s="113"/>
       <c r="N486" s="112">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q486" s="292"/>
-[...1 lines deleted...]
-      <c r="T486" s="210"/>
+      <c r="Q486" s="150"/>
+      <c r="S486" s="161"/>
+      <c r="T486" s="162"/>
     </row>
     <row r="487" spans="2:20" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B487" s="71" t="s">
         <v>234</v>
       </c>
-      <c r="C487" s="158"/>
-[...14 lines deleted...]
-      <c r="L487" s="159"/>
+      <c r="C487" s="261"/>
+      <c r="D487" s="261"/>
+      <c r="E487" s="262">
+        <v>0</v>
+      </c>
+      <c r="F487" s="262"/>
+      <c r="G487" s="260"/>
+      <c r="H487" s="260"/>
+      <c r="I487" s="262">
+        <v>0</v>
+      </c>
+      <c r="J487" s="262"/>
+      <c r="K487" s="262">
+        <v>0</v>
+      </c>
+      <c r="L487" s="262"/>
       <c r="M487" s="113"/>
       <c r="N487" s="112">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q487" s="292"/>
-[...1 lines deleted...]
-      <c r="T487" s="210"/>
+      <c r="Q487" s="150"/>
+      <c r="S487" s="161"/>
+      <c r="T487" s="162"/>
     </row>
     <row r="488" spans="2:20" ht="42.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B488" s="71" t="s">
         <v>235</v>
       </c>
-      <c r="C488" s="158"/>
-[...10 lines deleted...]
-      <c r="L488" s="160"/>
+      <c r="C488" s="261"/>
+      <c r="D488" s="261"/>
+      <c r="E488" s="262">
+        <v>0</v>
+      </c>
+      <c r="F488" s="262"/>
+      <c r="G488" s="263"/>
+      <c r="H488" s="263"/>
+      <c r="I488" s="260"/>
+      <c r="J488" s="260"/>
+      <c r="K488" s="260"/>
+      <c r="L488" s="260"/>
       <c r="M488" s="111">
         <v>0</v>
       </c>
       <c r="N488" s="112">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q488" s="292"/>
-[...1 lines deleted...]
-      <c r="T488" s="210"/>
+      <c r="Q488" s="150"/>
+      <c r="S488" s="161"/>
+      <c r="T488" s="162"/>
     </row>
     <row r="489" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B489" s="70" t="s">
         <v>236</v>
       </c>
-      <c r="C489" s="156">
+      <c r="C489" s="258">
         <f>SUM(C479:D488)</f>
         <v>0</v>
       </c>
-      <c r="D489" s="156"/>
-      <c r="E489" s="156">
+      <c r="D489" s="258"/>
+      <c r="E489" s="258">
         <f>SUM(E479:E488)</f>
         <v>0</v>
       </c>
-      <c r="F489" s="156"/>
-      <c r="G489" s="156">
+      <c r="F489" s="258"/>
+      <c r="G489" s="258">
         <f>SUM(G479:G488)</f>
         <v>0</v>
       </c>
-      <c r="H489" s="156"/>
-      <c r="I489" s="156">
+      <c r="H489" s="258"/>
+      <c r="I489" s="258">
         <f>SUM(I479:I488)</f>
         <v>0</v>
       </c>
-      <c r="J489" s="156"/>
-      <c r="K489" s="156">
+      <c r="J489" s="258"/>
+      <c r="K489" s="258">
         <f>SUM(K479:K488)</f>
         <v>0</v>
       </c>
-      <c r="L489" s="156"/>
+      <c r="L489" s="258"/>
       <c r="M489" s="109">
         <f>SUM(M479:M488)</f>
         <v>0</v>
       </c>
       <c r="N489" s="110">
         <f>SUM(C489:M489)</f>
         <v>0</v>
       </c>
-      <c r="Q489" s="293"/>
+      <c r="Q489" s="151"/>
       <c r="R489" s="27" t="str">
         <f>IF(N108-N117=0,"OK","Last year net assets doesn't equal accumulated funds")</f>
         <v>OK</v>
       </c>
-      <c r="S489" s="211"/>
-      <c r="T489" s="212"/>
+      <c r="S489" s="163"/>
+      <c r="T489" s="164"/>
     </row>
     <row r="490" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B490" s="10"/>
     </row>
     <row r="491" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B491" s="28" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="492" spans="2:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="M492" s="30" t="s">
         <v>48</v>
       </c>
       <c r="N492" s="30" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="493" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B493" s="166" t="s">
+      <c r="B493" s="209" t="s">
         <v>118</v>
       </c>
-      <c r="C493" s="166"/>
-      <c r="D493" s="164" t="s">
+      <c r="C493" s="209"/>
+      <c r="D493" s="180" t="s">
         <v>238</v>
       </c>
-      <c r="E493" s="164"/>
-[...6 lines deleted...]
-      <c r="L493" s="164"/>
+      <c r="E493" s="180"/>
+      <c r="F493" s="180"/>
+      <c r="G493" s="180"/>
+      <c r="H493" s="180"/>
+      <c r="I493" s="180"/>
+      <c r="J493" s="180"/>
+      <c r="K493" s="180"/>
+      <c r="L493" s="180"/>
       <c r="M493" s="30" t="s">
         <v>60</v>
       </c>
       <c r="N493" s="30" t="s">
         <v>60</v>
       </c>
-      <c r="Q493" s="196" t="s">
+      <c r="Q493" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="S493" s="207" t="s">
+      <c r="S493" s="152" t="s">
         <v>239</v>
       </c>
-      <c r="T493" s="208"/>
+      <c r="T493" s="160"/>
     </row>
     <row r="494" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B494" s="178"/>
-[...9 lines deleted...]
-      <c r="L494" s="177"/>
+      <c r="B494" s="183"/>
+      <c r="C494" s="183"/>
+      <c r="D494" s="181"/>
+      <c r="E494" s="181"/>
+      <c r="F494" s="181"/>
+      <c r="G494" s="181"/>
+      <c r="H494" s="181"/>
+      <c r="I494" s="181"/>
+      <c r="J494" s="181"/>
+      <c r="K494" s="181"/>
+      <c r="L494" s="181"/>
       <c r="M494" s="117"/>
       <c r="N494" s="117"/>
-      <c r="Q494" s="197"/>
-[...1 lines deleted...]
-      <c r="T494" s="210"/>
+      <c r="Q494" s="147"/>
+      <c r="S494" s="161"/>
+      <c r="T494" s="162"/>
     </row>
     <row r="495" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B495" s="178"/>
-[...9 lines deleted...]
-      <c r="L495" s="177"/>
+      <c r="B495" s="183"/>
+      <c r="C495" s="183"/>
+      <c r="D495" s="181"/>
+      <c r="E495" s="181"/>
+      <c r="F495" s="181"/>
+      <c r="G495" s="181"/>
+      <c r="H495" s="181"/>
+      <c r="I495" s="181"/>
+      <c r="J495" s="181"/>
+      <c r="K495" s="181"/>
+      <c r="L495" s="181"/>
       <c r="M495" s="117"/>
       <c r="N495" s="117"/>
-      <c r="Q495" s="197"/>
-[...1 lines deleted...]
-      <c r="T495" s="210"/>
+      <c r="Q495" s="147"/>
+      <c r="S495" s="161"/>
+      <c r="T495" s="162"/>
     </row>
     <row r="496" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B496" s="178"/>
-[...9 lines deleted...]
-      <c r="L496" s="177"/>
+      <c r="B496" s="183"/>
+      <c r="C496" s="183"/>
+      <c r="D496" s="181"/>
+      <c r="E496" s="181"/>
+      <c r="F496" s="181"/>
+      <c r="G496" s="181"/>
+      <c r="H496" s="181"/>
+      <c r="I496" s="181"/>
+      <c r="J496" s="181"/>
+      <c r="K496" s="181"/>
+      <c r="L496" s="181"/>
       <c r="M496" s="117"/>
       <c r="N496" s="117"/>
-      <c r="Q496" s="197"/>
-[...1 lines deleted...]
-      <c r="T496" s="210"/>
+      <c r="Q496" s="147"/>
+      <c r="S496" s="161"/>
+      <c r="T496" s="162"/>
     </row>
     <row r="497" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B497" s="178"/>
-[...9 lines deleted...]
-      <c r="L497" s="177"/>
+      <c r="B497" s="183"/>
+      <c r="C497" s="183"/>
+      <c r="D497" s="181"/>
+      <c r="E497" s="181"/>
+      <c r="F497" s="181"/>
+      <c r="G497" s="181"/>
+      <c r="H497" s="181"/>
+      <c r="I497" s="181"/>
+      <c r="J497" s="181"/>
+      <c r="K497" s="181"/>
+      <c r="L497" s="181"/>
       <c r="M497" s="117"/>
       <c r="N497" s="117"/>
-      <c r="Q497" s="197"/>
-[...1 lines deleted...]
-      <c r="T497" s="210"/>
+      <c r="Q497" s="147"/>
+      <c r="S497" s="161"/>
+      <c r="T497" s="162"/>
     </row>
     <row r="498" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B498" s="178"/>
-[...9 lines deleted...]
-      <c r="L498" s="177"/>
+      <c r="B498" s="183"/>
+      <c r="C498" s="183"/>
+      <c r="D498" s="181"/>
+      <c r="E498" s="181"/>
+      <c r="F498" s="181"/>
+      <c r="G498" s="181"/>
+      <c r="H498" s="181"/>
+      <c r="I498" s="181"/>
+      <c r="J498" s="181"/>
+      <c r="K498" s="181"/>
+      <c r="L498" s="181"/>
       <c r="M498" s="117"/>
       <c r="N498" s="117"/>
-      <c r="Q498" s="197"/>
-[...1 lines deleted...]
-      <c r="T498" s="210"/>
+      <c r="Q498" s="147"/>
+      <c r="S498" s="161"/>
+      <c r="T498" s="162"/>
     </row>
     <row r="499" spans="2:20" x14ac:dyDescent="0.3">
       <c r="C499" s="28"/>
-      <c r="D499" s="173" t="s">
+      <c r="D499" s="196" t="s">
         <v>176</v>
       </c>
-      <c r="E499" s="174"/>
-[...6 lines deleted...]
-      <c r="L499" s="175"/>
+      <c r="E499" s="197"/>
+      <c r="F499" s="197"/>
+      <c r="G499" s="197"/>
+      <c r="H499" s="197"/>
+      <c r="I499" s="197"/>
+      <c r="J499" s="197"/>
+      <c r="K499" s="197"/>
+      <c r="L499" s="198"/>
       <c r="M499" s="110">
         <f>SUM(M493:M498)</f>
         <v>0</v>
       </c>
       <c r="N499" s="110">
         <f>SUM(N493:N498)</f>
         <v>0</v>
       </c>
-      <c r="Q499" s="198"/>
+      <c r="Q499" s="148"/>
       <c r="R499" s="27" t="str">
         <f>IF(M499-(G475)=0,IF(N499-(G489)=0,"OK","Breakdown of last year does not equal above"),"Breakdown current year does not equal above")</f>
         <v>OK</v>
       </c>
-      <c r="S499" s="211"/>
-      <c r="T499" s="212"/>
+      <c r="S499" s="163"/>
+      <c r="T499" s="164"/>
     </row>
     <row r="500" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B500" s="10"/>
     </row>
     <row r="501" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B501" s="10"/>
       <c r="R501" s="84"/>
     </row>
     <row r="502" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B502" s="10"/>
     </row>
     <row r="503" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B503" s="145" t="s">
+      <c r="B503" s="205" t="s">
         <v>240</v>
       </c>
-      <c r="C503" s="145"/>
-[...10 lines deleted...]
-      <c r="N503" s="145"/>
+      <c r="C503" s="205"/>
+      <c r="D503" s="205"/>
+      <c r="E503" s="205"/>
+      <c r="F503" s="205"/>
+      <c r="G503" s="205"/>
+      <c r="H503" s="205"/>
+      <c r="I503" s="205"/>
+      <c r="J503" s="205"/>
+      <c r="K503" s="205"/>
+      <c r="L503" s="205"/>
+      <c r="M503" s="205"/>
+      <c r="N503" s="205"/>
     </row>
     <row r="504" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B504" s="10"/>
     </row>
     <row r="505" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B505" s="10"/>
       <c r="M505" s="30" t="s">
         <v>48</v>
       </c>
       <c r="N505" s="30" t="s">
         <v>49</v>
       </c>
-      <c r="Q505" s="196" t="s">
+      <c r="Q505" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="S505" s="207" t="s">
+      <c r="S505" s="152" t="s">
         <v>241</v>
       </c>
-      <c r="T505" s="208"/>
+      <c r="T505" s="160"/>
     </row>
     <row r="506" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B506" s="166" t="s">
+      <c r="B506" s="209" t="s">
         <v>242</v>
       </c>
-      <c r="C506" s="166"/>
-      <c r="D506" s="164" t="s">
+      <c r="C506" s="209"/>
+      <c r="D506" s="180" t="s">
         <v>243</v>
       </c>
-      <c r="E506" s="164"/>
-[...6 lines deleted...]
-      <c r="L506" s="176"/>
+      <c r="E506" s="180"/>
+      <c r="F506" s="180"/>
+      <c r="G506" s="180"/>
+      <c r="H506" s="180"/>
+      <c r="I506" s="180"/>
+      <c r="J506" s="180"/>
+      <c r="K506" s="180"/>
+      <c r="L506" s="174"/>
       <c r="M506" s="30" t="s">
         <v>60</v>
       </c>
       <c r="N506" s="30" t="s">
         <v>60</v>
       </c>
-      <c r="Q506" s="197"/>
-[...1 lines deleted...]
-      <c r="T506" s="210"/>
+      <c r="Q506" s="147"/>
+      <c r="S506" s="161"/>
+      <c r="T506" s="162"/>
     </row>
     <row r="507" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B507" s="202" t="s">
+      <c r="B507" s="272" t="s">
         <v>244</v>
       </c>
-      <c r="C507" s="202"/>
-[...8 lines deleted...]
-      <c r="L507" s="165"/>
+      <c r="C507" s="272"/>
+      <c r="D507" s="182"/>
+      <c r="E507" s="182"/>
+      <c r="F507" s="182"/>
+      <c r="G507" s="182"/>
+      <c r="H507" s="182"/>
+      <c r="I507" s="182"/>
+      <c r="J507" s="182"/>
+      <c r="K507" s="182"/>
+      <c r="L507" s="182"/>
       <c r="M507" s="117"/>
       <c r="N507" s="117"/>
-      <c r="Q507" s="197"/>
-[...1 lines deleted...]
-      <c r="T507" s="210"/>
+      <c r="Q507" s="147"/>
+      <c r="S507" s="161"/>
+      <c r="T507" s="162"/>
     </row>
     <row r="508" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B508" s="202"/>
-[...9 lines deleted...]
-      <c r="L508" s="165"/>
+      <c r="B508" s="272"/>
+      <c r="C508" s="272"/>
+      <c r="D508" s="182"/>
+      <c r="E508" s="182"/>
+      <c r="F508" s="182"/>
+      <c r="G508" s="182"/>
+      <c r="H508" s="182"/>
+      <c r="I508" s="182"/>
+      <c r="J508" s="182"/>
+      <c r="K508" s="182"/>
+      <c r="L508" s="182"/>
       <c r="M508" s="117"/>
       <c r="N508" s="117"/>
-      <c r="Q508" s="197"/>
-[...1 lines deleted...]
-      <c r="T508" s="210"/>
+      <c r="Q508" s="147"/>
+      <c r="S508" s="161"/>
+      <c r="T508" s="162"/>
     </row>
     <row r="509" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B509" s="202"/>
-[...9 lines deleted...]
-      <c r="L509" s="165"/>
+      <c r="B509" s="272"/>
+      <c r="C509" s="272"/>
+      <c r="D509" s="182"/>
+      <c r="E509" s="182"/>
+      <c r="F509" s="182"/>
+      <c r="G509" s="182"/>
+      <c r="H509" s="182"/>
+      <c r="I509" s="182"/>
+      <c r="J509" s="182"/>
+      <c r="K509" s="182"/>
+      <c r="L509" s="182"/>
       <c r="M509" s="117"/>
       <c r="N509" s="117"/>
-      <c r="Q509" s="197"/>
-[...1 lines deleted...]
-      <c r="T509" s="210"/>
+      <c r="Q509" s="147"/>
+      <c r="S509" s="161"/>
+      <c r="T509" s="162"/>
     </row>
     <row r="510" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B510" s="202" t="s">
+      <c r="B510" s="272" t="s">
         <v>245</v>
       </c>
-      <c r="C510" s="202"/>
-[...8 lines deleted...]
-      <c r="L510" s="165"/>
+      <c r="C510" s="272"/>
+      <c r="D510" s="182"/>
+      <c r="E510" s="182"/>
+      <c r="F510" s="182"/>
+      <c r="G510" s="182"/>
+      <c r="H510" s="182"/>
+      <c r="I510" s="182"/>
+      <c r="J510" s="182"/>
+      <c r="K510" s="182"/>
+      <c r="L510" s="182"/>
       <c r="M510" s="117"/>
       <c r="N510" s="117"/>
-      <c r="Q510" s="197"/>
-[...1 lines deleted...]
-      <c r="T510" s="210"/>
+      <c r="Q510" s="147"/>
+      <c r="S510" s="161"/>
+      <c r="T510" s="162"/>
     </row>
     <row r="511" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B511" s="202"/>
-[...9 lines deleted...]
-      <c r="L511" s="165"/>
+      <c r="B511" s="272"/>
+      <c r="C511" s="272"/>
+      <c r="D511" s="182"/>
+      <c r="E511" s="182"/>
+      <c r="F511" s="182"/>
+      <c r="G511" s="182"/>
+      <c r="H511" s="182"/>
+      <c r="I511" s="182"/>
+      <c r="J511" s="182"/>
+      <c r="K511" s="182"/>
+      <c r="L511" s="182"/>
       <c r="M511" s="117"/>
       <c r="N511" s="117"/>
-      <c r="Q511" s="197"/>
-[...1 lines deleted...]
-      <c r="T511" s="210"/>
+      <c r="Q511" s="147"/>
+      <c r="S511" s="161"/>
+      <c r="T511" s="162"/>
     </row>
     <row r="512" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B512" s="202"/>
-[...9 lines deleted...]
-      <c r="L512" s="165"/>
+      <c r="B512" s="272"/>
+      <c r="C512" s="272"/>
+      <c r="D512" s="182"/>
+      <c r="E512" s="182"/>
+      <c r="F512" s="182"/>
+      <c r="G512" s="182"/>
+      <c r="H512" s="182"/>
+      <c r="I512" s="182"/>
+      <c r="J512" s="182"/>
+      <c r="K512" s="182"/>
+      <c r="L512" s="182"/>
       <c r="M512" s="117"/>
       <c r="N512" s="117"/>
-      <c r="Q512" s="197"/>
-[...1 lines deleted...]
-      <c r="T512" s="210"/>
+      <c r="Q512" s="147"/>
+      <c r="S512" s="161"/>
+      <c r="T512" s="162"/>
     </row>
     <row r="513" spans="2:20" ht="12.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B513" s="167" t="s">
+      <c r="B513" s="289" t="s">
         <v>246</v>
       </c>
-      <c r="C513" s="168"/>
-[...8 lines deleted...]
-      <c r="L513" s="165"/>
+      <c r="C513" s="290"/>
+      <c r="D513" s="182"/>
+      <c r="E513" s="182"/>
+      <c r="F513" s="182"/>
+      <c r="G513" s="182"/>
+      <c r="H513" s="182"/>
+      <c r="I513" s="182"/>
+      <c r="J513" s="182"/>
+      <c r="K513" s="182"/>
+      <c r="L513" s="182"/>
       <c r="M513" s="117"/>
       <c r="N513" s="117"/>
-      <c r="Q513" s="197"/>
-[...1 lines deleted...]
-      <c r="T513" s="210"/>
+      <c r="Q513" s="147"/>
+      <c r="S513" s="161"/>
+      <c r="T513" s="162"/>
     </row>
     <row r="514" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B514" s="169"/>
-[...9 lines deleted...]
-      <c r="L514" s="165"/>
+      <c r="B514" s="291"/>
+      <c r="C514" s="292"/>
+      <c r="D514" s="182"/>
+      <c r="E514" s="182"/>
+      <c r="F514" s="182"/>
+      <c r="G514" s="182"/>
+      <c r="H514" s="182"/>
+      <c r="I514" s="182"/>
+      <c r="J514" s="182"/>
+      <c r="K514" s="182"/>
+      <c r="L514" s="182"/>
       <c r="M514" s="117"/>
       <c r="N514" s="117"/>
-      <c r="Q514" s="197"/>
-[...1 lines deleted...]
-      <c r="T514" s="210"/>
+      <c r="Q514" s="147"/>
+      <c r="S514" s="161"/>
+      <c r="T514" s="162"/>
     </row>
     <row r="515" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B515" s="171"/>
-[...1 lines deleted...]
-      <c r="D515" s="223"/>
+      <c r="B515" s="293"/>
+      <c r="C515" s="294"/>
+      <c r="D515" s="295"/>
       <c r="E515" s="224"/>
       <c r="F515" s="224"/>
       <c r="G515" s="224"/>
       <c r="H515" s="224"/>
       <c r="I515" s="224"/>
       <c r="J515" s="224"/>
       <c r="K515" s="224"/>
-      <c r="L515" s="225"/>
+      <c r="L515" s="296"/>
       <c r="M515" s="117"/>
       <c r="N515" s="117"/>
-      <c r="Q515" s="197"/>
-[...1 lines deleted...]
-      <c r="T515" s="210"/>
+      <c r="Q515" s="147"/>
+      <c r="S515" s="161"/>
+      <c r="T515" s="162"/>
     </row>
     <row r="516" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B516" s="9"/>
       <c r="C516" s="9"/>
-      <c r="D516" s="173" t="s">
+      <c r="D516" s="196" t="s">
         <v>176</v>
       </c>
-      <c r="E516" s="174"/>
-[...6 lines deleted...]
-      <c r="L516" s="175"/>
+      <c r="E516" s="197"/>
+      <c r="F516" s="197"/>
+      <c r="G516" s="197"/>
+      <c r="H516" s="197"/>
+      <c r="I516" s="197"/>
+      <c r="J516" s="197"/>
+      <c r="K516" s="197"/>
+      <c r="L516" s="198"/>
       <c r="M516" s="110">
         <f>SUM(M507:M515)</f>
         <v>0</v>
       </c>
       <c r="N516" s="110">
         <f>SUM(N507:N515)</f>
         <v>0</v>
       </c>
-      <c r="Q516" s="198"/>
-[...1 lines deleted...]
-      <c r="T516" s="210"/>
+      <c r="Q516" s="148"/>
+      <c r="S516" s="161"/>
+      <c r="T516" s="162"/>
     </row>
     <row r="517" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B517" s="10"/>
       <c r="Q517" s="87"/>
-      <c r="S517" s="209"/>
-      <c r="T517" s="210"/>
+      <c r="S517" s="161"/>
+      <c r="T517" s="162"/>
     </row>
     <row r="518" spans="2:20" s="35" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B518" s="161" t="s">
+      <c r="B518" s="282" t="s">
         <v>247</v>
       </c>
-      <c r="C518" s="161"/>
-[...10 lines deleted...]
-      <c r="N518" s="161"/>
+      <c r="C518" s="282"/>
+      <c r="D518" s="282"/>
+      <c r="E518" s="282"/>
+      <c r="F518" s="282"/>
+      <c r="G518" s="282"/>
+      <c r="H518" s="282"/>
+      <c r="I518" s="282"/>
+      <c r="J518" s="282"/>
+      <c r="K518" s="282"/>
+      <c r="L518" s="282"/>
+      <c r="M518" s="282"/>
+      <c r="N518" s="282"/>
       <c r="P518" s="58"/>
       <c r="Q518" s="87"/>
-      <c r="S518" s="209"/>
-      <c r="T518" s="210"/>
+      <c r="S518" s="161"/>
+      <c r="T518" s="162"/>
     </row>
     <row r="519" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B519" s="10"/>
       <c r="Q519" s="87"/>
-      <c r="S519" s="209"/>
-      <c r="T519" s="210"/>
+      <c r="S519" s="161"/>
+      <c r="T519" s="162"/>
     </row>
     <row r="520" spans="2:20" x14ac:dyDescent="0.25">
       <c r="B520" s="28" t="s">
         <v>248</v>
       </c>
-      <c r="Q520" s="313" t="s">
+      <c r="Q520" s="144" t="s">
         <v>249</v>
       </c>
-      <c r="S520" s="209"/>
-      <c r="T520" s="210"/>
+      <c r="S520" s="161"/>
+      <c r="T520" s="162"/>
     </row>
     <row r="521" spans="2:20" ht="13" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B521" s="162" t="s">
+      <c r="B521" s="310" t="s">
         <v>250</v>
       </c>
-      <c r="C521" s="162"/>
-[...13 lines deleted...]
-      <c r="T521" s="212"/>
+      <c r="C521" s="310"/>
+      <c r="D521" s="310"/>
+      <c r="E521" s="310"/>
+      <c r="F521" s="310"/>
+      <c r="G521" s="310"/>
+      <c r="H521" s="310"/>
+      <c r="I521" s="310"/>
+      <c r="J521" s="310"/>
+      <c r="K521" s="310"/>
+      <c r="L521" s="310"/>
+      <c r="M521" s="310"/>
+      <c r="N521" s="310"/>
+      <c r="Q521" s="145"/>
+      <c r="S521" s="163"/>
+      <c r="T521" s="164"/>
     </row>
     <row r="522" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B522" s="10"/>
     </row>
     <row r="523" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B523" s="10"/>
     </row>
     <row r="524" spans="2:20" ht="13" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B524" s="10"/>
       <c r="M524" s="30" t="s">
         <v>48</v>
       </c>
       <c r="N524" s="30" t="s">
         <v>49</v>
       </c>
-      <c r="Q524" s="196" t="s">
+      <c r="Q524" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="S524" s="207" t="s">
+      <c r="S524" s="152" t="s">
         <v>251</v>
       </c>
-      <c r="T524" s="208"/>
+      <c r="T524" s="160"/>
     </row>
     <row r="525" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B525" s="166" t="s">
+      <c r="B525" s="209" t="s">
         <v>252</v>
       </c>
-      <c r="C525" s="166"/>
-      <c r="D525" s="164" t="s">
+      <c r="C525" s="209"/>
+      <c r="D525" s="180" t="s">
         <v>253</v>
       </c>
-      <c r="E525" s="164"/>
-[...6 lines deleted...]
-      <c r="L525" s="164"/>
+      <c r="E525" s="180"/>
+      <c r="F525" s="180"/>
+      <c r="G525" s="180"/>
+      <c r="H525" s="180"/>
+      <c r="I525" s="180"/>
+      <c r="J525" s="180"/>
+      <c r="K525" s="180"/>
+      <c r="L525" s="180"/>
       <c r="M525" s="30" t="s">
         <v>60</v>
       </c>
       <c r="N525" s="30" t="s">
         <v>60</v>
       </c>
-      <c r="Q525" s="197"/>
-[...1 lines deleted...]
-      <c r="T525" s="210"/>
+      <c r="Q525" s="147"/>
+      <c r="S525" s="161"/>
+      <c r="T525" s="162"/>
     </row>
     <row r="526" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B526" s="167" t="s">
+      <c r="B526" s="289" t="s">
         <v>254</v>
       </c>
-      <c r="C526" s="168"/>
-[...8 lines deleted...]
-      <c r="L526" s="165"/>
+      <c r="C526" s="290"/>
+      <c r="D526" s="182"/>
+      <c r="E526" s="182"/>
+      <c r="F526" s="182"/>
+      <c r="G526" s="182"/>
+      <c r="H526" s="182"/>
+      <c r="I526" s="182"/>
+      <c r="J526" s="182"/>
+      <c r="K526" s="182"/>
+      <c r="L526" s="182"/>
       <c r="M526" s="117"/>
       <c r="N526" s="117"/>
-      <c r="Q526" s="197"/>
-[...1 lines deleted...]
-      <c r="T526" s="210"/>
+      <c r="Q526" s="147"/>
+      <c r="S526" s="161"/>
+      <c r="T526" s="162"/>
     </row>
     <row r="527" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B527" s="169"/>
-[...9 lines deleted...]
-      <c r="L527" s="165"/>
+      <c r="B527" s="291"/>
+      <c r="C527" s="292"/>
+      <c r="D527" s="182"/>
+      <c r="E527" s="182"/>
+      <c r="F527" s="182"/>
+      <c r="G527" s="182"/>
+      <c r="H527" s="182"/>
+      <c r="I527" s="182"/>
+      <c r="J527" s="182"/>
+      <c r="K527" s="182"/>
+      <c r="L527" s="182"/>
       <c r="M527" s="117"/>
       <c r="N527" s="117"/>
-      <c r="Q527" s="197"/>
-[...1 lines deleted...]
-      <c r="T527" s="210"/>
+      <c r="Q527" s="147"/>
+      <c r="S527" s="161"/>
+      <c r="T527" s="162"/>
     </row>
     <row r="528" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B528" s="171"/>
-[...9 lines deleted...]
-      <c r="L528" s="165"/>
+      <c r="B528" s="293"/>
+      <c r="C528" s="294"/>
+      <c r="D528" s="182"/>
+      <c r="E528" s="182"/>
+      <c r="F528" s="182"/>
+      <c r="G528" s="182"/>
+      <c r="H528" s="182"/>
+      <c r="I528" s="182"/>
+      <c r="J528" s="182"/>
+      <c r="K528" s="182"/>
+      <c r="L528" s="182"/>
       <c r="M528" s="117"/>
       <c r="N528" s="117"/>
-      <c r="Q528" s="197"/>
-[...1 lines deleted...]
-      <c r="T528" s="210"/>
+      <c r="Q528" s="147"/>
+      <c r="S528" s="161"/>
+      <c r="T528" s="162"/>
     </row>
     <row r="529" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B529" s="202" t="s">
+      <c r="B529" s="272" t="s">
         <v>255</v>
       </c>
-      <c r="C529" s="202"/>
-[...8 lines deleted...]
-      <c r="L529" s="165"/>
+      <c r="C529" s="272"/>
+      <c r="D529" s="182"/>
+      <c r="E529" s="182"/>
+      <c r="F529" s="182"/>
+      <c r="G529" s="182"/>
+      <c r="H529" s="182"/>
+      <c r="I529" s="182"/>
+      <c r="J529" s="182"/>
+      <c r="K529" s="182"/>
+      <c r="L529" s="182"/>
       <c r="M529" s="117"/>
       <c r="N529" s="117"/>
-      <c r="Q529" s="197"/>
-[...1 lines deleted...]
-      <c r="T529" s="210"/>
+      <c r="Q529" s="147"/>
+      <c r="S529" s="161"/>
+      <c r="T529" s="162"/>
     </row>
     <row r="530" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B530" s="202"/>
-[...9 lines deleted...]
-      <c r="L530" s="165"/>
+      <c r="B530" s="272"/>
+      <c r="C530" s="272"/>
+      <c r="D530" s="182"/>
+      <c r="E530" s="182"/>
+      <c r="F530" s="182"/>
+      <c r="G530" s="182"/>
+      <c r="H530" s="182"/>
+      <c r="I530" s="182"/>
+      <c r="J530" s="182"/>
+      <c r="K530" s="182"/>
+      <c r="L530" s="182"/>
       <c r="M530" s="117"/>
       <c r="N530" s="117"/>
-      <c r="Q530" s="197"/>
-[...1 lines deleted...]
-      <c r="T530" s="210"/>
+      <c r="Q530" s="147"/>
+      <c r="S530" s="161"/>
+      <c r="T530" s="162"/>
     </row>
     <row r="531" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
-      <c r="B531" s="202"/>
-[...9 lines deleted...]
-      <c r="L531" s="165"/>
+      <c r="B531" s="272"/>
+      <c r="C531" s="272"/>
+      <c r="D531" s="182"/>
+      <c r="E531" s="182"/>
+      <c r="F531" s="182"/>
+      <c r="G531" s="182"/>
+      <c r="H531" s="182"/>
+      <c r="I531" s="182"/>
+      <c r="J531" s="182"/>
+      <c r="K531" s="182"/>
+      <c r="L531" s="182"/>
       <c r="M531" s="117"/>
       <c r="N531" s="117"/>
-      <c r="Q531" s="197"/>
-[...1 lines deleted...]
-      <c r="T531" s="210"/>
+      <c r="Q531" s="147"/>
+      <c r="S531" s="161"/>
+      <c r="T531" s="162"/>
     </row>
     <row r="532" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B532" s="15"/>
       <c r="C532" s="15"/>
-      <c r="D532" s="173" t="s">
+      <c r="D532" s="196" t="s">
         <v>176</v>
       </c>
-      <c r="E532" s="174"/>
-[...6 lines deleted...]
-      <c r="L532" s="175"/>
+      <c r="E532" s="197"/>
+      <c r="F532" s="197"/>
+      <c r="G532" s="197"/>
+      <c r="H532" s="197"/>
+      <c r="I532" s="197"/>
+      <c r="J532" s="197"/>
+      <c r="K532" s="197"/>
+      <c r="L532" s="198"/>
       <c r="M532" s="110">
         <f>SUM(M526:M531)</f>
         <v>0</v>
       </c>
       <c r="N532" s="110">
         <f>SUM(N526:N531)</f>
         <v>0</v>
       </c>
-      <c r="Q532" s="198"/>
-[...1 lines deleted...]
-      <c r="T532" s="210"/>
+      <c r="Q532" s="148"/>
+      <c r="S532" s="161"/>
+      <c r="T532" s="162"/>
     </row>
     <row r="533" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B533" s="10"/>
       <c r="Q533" s="87"/>
-      <c r="S533" s="209"/>
-      <c r="T533" s="210"/>
+      <c r="S533" s="161"/>
+      <c r="T533" s="162"/>
     </row>
     <row r="534" spans="2:20" s="35" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B534" s="161" t="s">
+      <c r="B534" s="282" t="s">
         <v>247</v>
       </c>
-      <c r="C534" s="161"/>
-[...10 lines deleted...]
-      <c r="N534" s="161"/>
+      <c r="C534" s="282"/>
+      <c r="D534" s="282"/>
+      <c r="E534" s="282"/>
+      <c r="F534" s="282"/>
+      <c r="G534" s="282"/>
+      <c r="H534" s="282"/>
+      <c r="I534" s="282"/>
+      <c r="J534" s="282"/>
+      <c r="K534" s="282"/>
+      <c r="L534" s="282"/>
+      <c r="M534" s="282"/>
+      <c r="N534" s="282"/>
       <c r="P534" s="58"/>
       <c r="Q534" s="87"/>
-      <c r="S534" s="209"/>
-      <c r="T534" s="210"/>
+      <c r="S534" s="161"/>
+      <c r="T534" s="162"/>
     </row>
     <row r="535" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B535" s="10"/>
       <c r="Q535" s="87"/>
-      <c r="S535" s="209"/>
-      <c r="T535" s="210"/>
+      <c r="S535" s="161"/>
+      <c r="T535" s="162"/>
     </row>
     <row r="536" spans="2:20" x14ac:dyDescent="0.25">
       <c r="B536" s="28" t="s">
         <v>256</v>
       </c>
-      <c r="Q536" s="313" t="s">
+      <c r="Q536" s="144" t="s">
         <v>249</v>
       </c>
-      <c r="S536" s="209"/>
-      <c r="T536" s="210"/>
+      <c r="S536" s="161"/>
+      <c r="T536" s="162"/>
     </row>
     <row r="537" spans="2:20" ht="13" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B537" s="163" t="s">
+      <c r="B537" s="311" t="s">
         <v>257</v>
       </c>
-      <c r="C537" s="163"/>
-[...13 lines deleted...]
-      <c r="T537" s="212"/>
+      <c r="C537" s="311"/>
+      <c r="D537" s="311"/>
+      <c r="E537" s="311"/>
+      <c r="F537" s="311"/>
+      <c r="G537" s="311"/>
+      <c r="H537" s="311"/>
+      <c r="I537" s="311"/>
+      <c r="J537" s="311"/>
+      <c r="K537" s="311"/>
+      <c r="L537" s="311"/>
+      <c r="M537" s="311"/>
+      <c r="N537" s="311"/>
+      <c r="Q537" s="145"/>
+      <c r="S537" s="163"/>
+      <c r="T537" s="164"/>
     </row>
     <row r="538" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B538" s="10"/>
     </row>
     <row r="539" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B539" s="10"/>
     </row>
     <row r="540" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B540" s="145" t="s">
+      <c r="B540" s="205" t="s">
         <v>258</v>
       </c>
-      <c r="C540" s="145"/>
-[...10 lines deleted...]
-      <c r="N540" s="145"/>
+      <c r="C540" s="205"/>
+      <c r="D540" s="205"/>
+      <c r="E540" s="205"/>
+      <c r="F540" s="205"/>
+      <c r="G540" s="205"/>
+      <c r="H540" s="205"/>
+      <c r="I540" s="205"/>
+      <c r="J540" s="205"/>
+      <c r="K540" s="205"/>
+      <c r="L540" s="205"/>
+      <c r="M540" s="205"/>
+      <c r="N540" s="205"/>
     </row>
     <row r="541" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B541" s="10"/>
     </row>
     <row r="542" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B542" s="28"/>
     </row>
     <row r="543" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B543" s="28"/>
-      <c r="M543" s="180" t="s">
+      <c r="M543" s="188" t="s">
         <v>259</v>
       </c>
-      <c r="N543" s="182"/>
+      <c r="N543" s="190"/>
     </row>
     <row r="544" spans="2:20" ht="60" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B544" s="29" t="s">
         <v>221</v>
       </c>
-      <c r="C544" s="239" t="s">
+      <c r="C544" s="266" t="s">
         <v>260</v>
       </c>
-      <c r="D544" s="240"/>
-[...4 lines deleted...]
-      <c r="I544" s="237" t="s">
+      <c r="D544" s="267"/>
+      <c r="E544" s="267"/>
+      <c r="F544" s="267"/>
+      <c r="G544" s="267"/>
+      <c r="H544" s="268"/>
+      <c r="I544" s="264" t="s">
         <v>261</v>
       </c>
-      <c r="J544" s="238"/>
-      <c r="K544" s="242" t="s">
+      <c r="J544" s="265"/>
+      <c r="K544" s="210" t="s">
         <v>262</v>
       </c>
-      <c r="L544" s="182"/>
+      <c r="L544" s="190"/>
       <c r="M544" s="32" t="s">
         <v>263</v>
       </c>
       <c r="N544" s="32" t="s">
         <v>264</v>
       </c>
-      <c r="Q544" s="196" t="s">
+      <c r="Q544" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="S544" s="207" t="s">
+      <c r="S544" s="152" t="s">
         <v>265</v>
       </c>
-      <c r="T544" s="208"/>
+      <c r="T544" s="160"/>
     </row>
     <row r="545" spans="2:20" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B545" s="83"/>
-      <c r="C545" s="218"/>
-[...8 lines deleted...]
-      <c r="L545" s="155"/>
+      <c r="C545" s="269"/>
+      <c r="D545" s="270"/>
+      <c r="E545" s="270"/>
+      <c r="F545" s="270"/>
+      <c r="G545" s="270"/>
+      <c r="H545" s="271"/>
+      <c r="I545" s="287"/>
+      <c r="J545" s="288"/>
+      <c r="K545" s="256"/>
+      <c r="L545" s="257"/>
       <c r="M545" s="139"/>
       <c r="N545" s="139"/>
-      <c r="Q545" s="197"/>
-[...1 lines deleted...]
-      <c r="T545" s="210"/>
+      <c r="Q545" s="147"/>
+      <c r="S545" s="161"/>
+      <c r="T545" s="162"/>
     </row>
     <row r="546" spans="2:20" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B546" s="83"/>
-      <c r="C546" s="218"/>
-[...8 lines deleted...]
-      <c r="L546" s="155"/>
+      <c r="C546" s="269"/>
+      <c r="D546" s="270"/>
+      <c r="E546" s="270"/>
+      <c r="F546" s="270"/>
+      <c r="G546" s="270"/>
+      <c r="H546" s="271"/>
+      <c r="I546" s="287"/>
+      <c r="J546" s="288"/>
+      <c r="K546" s="256"/>
+      <c r="L546" s="257"/>
       <c r="M546" s="139"/>
       <c r="N546" s="139"/>
-      <c r="Q546" s="197"/>
-[...1 lines deleted...]
-      <c r="T546" s="210"/>
+      <c r="Q546" s="147"/>
+      <c r="S546" s="161"/>
+      <c r="T546" s="162"/>
     </row>
     <row r="547" spans="2:20" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B547" s="83"/>
-      <c r="C547" s="218"/>
-[...8 lines deleted...]
-      <c r="L547" s="155"/>
+      <c r="C547" s="269"/>
+      <c r="D547" s="270"/>
+      <c r="E547" s="270"/>
+      <c r="F547" s="270"/>
+      <c r="G547" s="270"/>
+      <c r="H547" s="271"/>
+      <c r="I547" s="287"/>
+      <c r="J547" s="288"/>
+      <c r="K547" s="256"/>
+      <c r="L547" s="257"/>
       <c r="M547" s="139"/>
       <c r="N547" s="139"/>
-      <c r="Q547" s="197"/>
-[...1 lines deleted...]
-      <c r="T547" s="210"/>
+      <c r="Q547" s="147"/>
+      <c r="S547" s="161"/>
+      <c r="T547" s="162"/>
     </row>
     <row r="548" spans="2:20" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B548" s="83"/>
-      <c r="C548" s="218"/>
-[...8 lines deleted...]
-      <c r="L548" s="155"/>
+      <c r="C548" s="269"/>
+      <c r="D548" s="270"/>
+      <c r="E548" s="270"/>
+      <c r="F548" s="270"/>
+      <c r="G548" s="270"/>
+      <c r="H548" s="271"/>
+      <c r="I548" s="287"/>
+      <c r="J548" s="288"/>
+      <c r="K548" s="256"/>
+      <c r="L548" s="257"/>
       <c r="M548" s="139"/>
       <c r="N548" s="139"/>
-      <c r="Q548" s="198"/>
-[...1 lines deleted...]
-      <c r="T548" s="212"/>
+      <c r="Q548" s="148"/>
+      <c r="S548" s="163"/>
+      <c r="T548" s="164"/>
     </row>
     <row r="549" spans="2:20" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B549" s="10"/>
-      <c r="C549" s="234" t="s">
+      <c r="C549" s="275" t="s">
         <v>176</v>
       </c>
-      <c r="D549" s="235"/>
-[...6 lines deleted...]
-      <c r="K549" s="232">
+      <c r="D549" s="276"/>
+      <c r="E549" s="276"/>
+      <c r="F549" s="276"/>
+      <c r="G549" s="276"/>
+      <c r="H549" s="276"/>
+      <c r="I549" s="276"/>
+      <c r="J549" s="277"/>
+      <c r="K549" s="273">
         <f>SUM(K545:L548)</f>
         <v>0</v>
       </c>
-      <c r="L549" s="233"/>
+      <c r="L549" s="274"/>
       <c r="M549" s="140">
         <f>SUM(M543:M548)</f>
         <v>0</v>
       </c>
       <c r="N549" s="140">
         <f>SUM(N543:N548)</f>
         <v>0</v>
       </c>
       <c r="R549" s="27" t="str">
         <f>IF(M100-M549=0,IF(N100-N549=0,"OK","Last year doesn't match"),"Current year doesn't match")</f>
         <v>OK</v>
       </c>
     </row>
     <row r="550" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B550" s="10"/>
     </row>
     <row r="551" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B551" s="10"/>
     </row>
     <row r="552" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B552" s="145" t="s">
+      <c r="B552" s="205" t="s">
         <v>266</v>
       </c>
-      <c r="C552" s="145"/>
-[...10 lines deleted...]
-      <c r="N552" s="145"/>
+      <c r="C552" s="205"/>
+      <c r="D552" s="205"/>
+      <c r="E552" s="205"/>
+      <c r="F552" s="205"/>
+      <c r="G552" s="205"/>
+      <c r="H552" s="205"/>
+      <c r="I552" s="205"/>
+      <c r="J552" s="205"/>
+      <c r="K552" s="205"/>
+      <c r="L552" s="205"/>
+      <c r="M552" s="205"/>
+      <c r="N552" s="205"/>
     </row>
     <row r="553" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B553" s="91"/>
       <c r="C553" s="91"/>
       <c r="D553" s="91"/>
       <c r="E553" s="91"/>
       <c r="F553" s="91"/>
       <c r="G553" s="91"/>
       <c r="H553" s="91"/>
       <c r="I553" s="91"/>
       <c r="J553" s="91"/>
       <c r="K553" s="91"/>
       <c r="L553" s="91"/>
       <c r="M553" s="91"/>
       <c r="N553" s="91"/>
     </row>
     <row r="554" spans="2:20" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B554" s="166" t="s">
+      <c r="B554" s="209" t="s">
         <v>221</v>
       </c>
-      <c r="C554" s="166"/>
-[...9 lines deleted...]
-      <c r="M554" s="166"/>
+      <c r="C554" s="209"/>
+      <c r="D554" s="209"/>
+      <c r="E554" s="209"/>
+      <c r="F554" s="209"/>
+      <c r="G554" s="209"/>
+      <c r="H554" s="209"/>
+      <c r="I554" s="209"/>
+      <c r="J554" s="209"/>
+      <c r="K554" s="209"/>
+      <c r="L554" s="209"/>
+      <c r="M554" s="209"/>
       <c r="N554" s="32" t="s">
         <v>267</v>
       </c>
-      <c r="Q554" s="196" t="s">
+      <c r="Q554" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="S554" s="207" t="s">
+      <c r="S554" s="152" t="s">
         <v>268</v>
       </c>
-      <c r="T554" s="213"/>
+      <c r="T554" s="153"/>
     </row>
     <row r="555" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B555" s="221"/>
-[...10 lines deleted...]
-      <c r="M555" s="221"/>
+      <c r="B555" s="173"/>
+      <c r="C555" s="173"/>
+      <c r="D555" s="173"/>
+      <c r="E555" s="173"/>
+      <c r="F555" s="173"/>
+      <c r="G555" s="173"/>
+      <c r="H555" s="173"/>
+      <c r="I555" s="173"/>
+      <c r="J555" s="173"/>
+      <c r="K555" s="173"/>
+      <c r="L555" s="173"/>
+      <c r="M555" s="173"/>
       <c r="N555" s="117"/>
-      <c r="Q555" s="197"/>
-[...1 lines deleted...]
-      <c r="T555" s="215"/>
+      <c r="Q555" s="147"/>
+      <c r="S555" s="154"/>
+      <c r="T555" s="155"/>
     </row>
     <row r="556" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B556" s="221"/>
-[...10 lines deleted...]
-      <c r="M556" s="221"/>
+      <c r="B556" s="173"/>
+      <c r="C556" s="173"/>
+      <c r="D556" s="173"/>
+      <c r="E556" s="173"/>
+      <c r="F556" s="173"/>
+      <c r="G556" s="173"/>
+      <c r="H556" s="173"/>
+      <c r="I556" s="173"/>
+      <c r="J556" s="173"/>
+      <c r="K556" s="173"/>
+      <c r="L556" s="173"/>
+      <c r="M556" s="173"/>
       <c r="N556" s="117"/>
-      <c r="Q556" s="197"/>
-[...1 lines deleted...]
-      <c r="T556" s="215"/>
+      <c r="Q556" s="147"/>
+      <c r="S556" s="154"/>
+      <c r="T556" s="155"/>
     </row>
     <row r="557" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B557" s="221"/>
-[...10 lines deleted...]
-      <c r="M557" s="221"/>
+      <c r="B557" s="173"/>
+      <c r="C557" s="173"/>
+      <c r="D557" s="173"/>
+      <c r="E557" s="173"/>
+      <c r="F557" s="173"/>
+      <c r="G557" s="173"/>
+      <c r="H557" s="173"/>
+      <c r="I557" s="173"/>
+      <c r="J557" s="173"/>
+      <c r="K557" s="173"/>
+      <c r="L557" s="173"/>
+      <c r="M557" s="173"/>
       <c r="N557" s="117"/>
-      <c r="Q557" s="197"/>
-[...1 lines deleted...]
-      <c r="T557" s="215"/>
+      <c r="Q557" s="147"/>
+      <c r="S557" s="154"/>
+      <c r="T557" s="155"/>
     </row>
     <row r="558" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B558" s="221"/>
-[...10 lines deleted...]
-      <c r="M558" s="221"/>
+      <c r="B558" s="173"/>
+      <c r="C558" s="173"/>
+      <c r="D558" s="173"/>
+      <c r="E558" s="173"/>
+      <c r="F558" s="173"/>
+      <c r="G558" s="173"/>
+      <c r="H558" s="173"/>
+      <c r="I558" s="173"/>
+      <c r="J558" s="173"/>
+      <c r="K558" s="173"/>
+      <c r="L558" s="173"/>
+      <c r="M558" s="173"/>
       <c r="N558" s="117"/>
-      <c r="Q558" s="197"/>
-[...1 lines deleted...]
-      <c r="T558" s="215"/>
+      <c r="Q558" s="147"/>
+      <c r="S558" s="154"/>
+      <c r="T558" s="155"/>
     </row>
     <row r="559" spans="2:20" ht="19" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B559" s="221"/>
-[...10 lines deleted...]
-      <c r="M559" s="221"/>
+      <c r="B559" s="173"/>
+      <c r="C559" s="173"/>
+      <c r="D559" s="173"/>
+      <c r="E559" s="173"/>
+      <c r="F559" s="173"/>
+      <c r="G559" s="173"/>
+      <c r="H559" s="173"/>
+      <c r="I559" s="173"/>
+      <c r="J559" s="173"/>
+      <c r="K559" s="173"/>
+      <c r="L559" s="173"/>
+      <c r="M559" s="173"/>
       <c r="N559" s="117"/>
-      <c r="Q559" s="198"/>
-[...1 lines deleted...]
-      <c r="T559" s="217"/>
+      <c r="Q559" s="148"/>
+      <c r="S559" s="156"/>
+      <c r="T559" s="157"/>
     </row>
     <row r="560" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B560" s="10"/>
     </row>
     <row r="561" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B561" s="145" t="s">
+      <c r="B561" s="205" t="s">
         <v>269</v>
       </c>
-      <c r="C561" s="145"/>
-[...10 lines deleted...]
-      <c r="N561" s="145"/>
+      <c r="C561" s="205"/>
+      <c r="D561" s="205"/>
+      <c r="E561" s="205"/>
+      <c r="F561" s="205"/>
+      <c r="G561" s="205"/>
+      <c r="H561" s="205"/>
+      <c r="I561" s="205"/>
+      <c r="J561" s="205"/>
+      <c r="K561" s="205"/>
+      <c r="L561" s="205"/>
+      <c r="M561" s="205"/>
+      <c r="N561" s="205"/>
     </row>
     <row r="562" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B562" s="28"/>
     </row>
     <row r="563" spans="2:20" ht="39" x14ac:dyDescent="0.3">
-      <c r="B563" s="176" t="s">
+      <c r="B563" s="174" t="s">
         <v>270</v>
       </c>
-      <c r="C563" s="306"/>
-[...2 lines deleted...]
-      <c r="F563" s="164" t="s">
+      <c r="C563" s="175"/>
+      <c r="D563" s="175"/>
+      <c r="E563" s="176"/>
+      <c r="F563" s="180" t="s">
         <v>271</v>
       </c>
-      <c r="G563" s="164"/>
-[...4 lines deleted...]
-      <c r="L563" s="164"/>
+      <c r="G563" s="180"/>
+      <c r="H563" s="180"/>
+      <c r="I563" s="180"/>
+      <c r="J563" s="180"/>
+      <c r="K563" s="180"/>
+      <c r="L563" s="180"/>
       <c r="M563" s="31" t="s">
         <v>272</v>
       </c>
       <c r="N563" s="31" t="s">
         <v>273</v>
       </c>
-      <c r="Q563" s="196" t="s">
+      <c r="Q563" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="S563" s="207" t="s">
+      <c r="S563" s="152" t="s">
         <v>274</v>
       </c>
-      <c r="T563" s="208"/>
+      <c r="T563" s="160"/>
     </row>
     <row r="564" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B564" s="308"/>
-[...9 lines deleted...]
-      <c r="L564" s="177"/>
+      <c r="B564" s="177"/>
+      <c r="C564" s="178"/>
+      <c r="D564" s="178"/>
+      <c r="E564" s="179"/>
+      <c r="F564" s="181"/>
+      <c r="G564" s="181"/>
+      <c r="H564" s="181"/>
+      <c r="I564" s="181"/>
+      <c r="J564" s="181"/>
+      <c r="K564" s="181"/>
+      <c r="L564" s="181"/>
       <c r="M564" s="117"/>
       <c r="N564" s="117"/>
-      <c r="Q564" s="197"/>
-[...1 lines deleted...]
-      <c r="T564" s="210"/>
+      <c r="Q564" s="147"/>
+      <c r="S564" s="161"/>
+      <c r="T564" s="162"/>
     </row>
     <row r="565" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B565" s="308"/>
-[...9 lines deleted...]
-      <c r="L565" s="177"/>
+      <c r="B565" s="177"/>
+      <c r="C565" s="178"/>
+      <c r="D565" s="178"/>
+      <c r="E565" s="179"/>
+      <c r="F565" s="181"/>
+      <c r="G565" s="181"/>
+      <c r="H565" s="181"/>
+      <c r="I565" s="181"/>
+      <c r="J565" s="181"/>
+      <c r="K565" s="181"/>
+      <c r="L565" s="181"/>
       <c r="M565" s="117"/>
       <c r="N565" s="117"/>
-      <c r="Q565" s="197"/>
-[...1 lines deleted...]
-      <c r="T565" s="210"/>
+      <c r="Q565" s="147"/>
+      <c r="S565" s="161"/>
+      <c r="T565" s="162"/>
     </row>
     <row r="566" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B566" s="308"/>
-[...9 lines deleted...]
-      <c r="L566" s="177"/>
+      <c r="B566" s="177"/>
+      <c r="C566" s="178"/>
+      <c r="D566" s="178"/>
+      <c r="E566" s="179"/>
+      <c r="F566" s="181"/>
+      <c r="G566" s="181"/>
+      <c r="H566" s="181"/>
+      <c r="I566" s="181"/>
+      <c r="J566" s="181"/>
+      <c r="K566" s="181"/>
+      <c r="L566" s="181"/>
       <c r="M566" s="117"/>
       <c r="N566" s="117"/>
-      <c r="Q566" s="197"/>
-[...1 lines deleted...]
-      <c r="T566" s="210"/>
+      <c r="Q566" s="147"/>
+      <c r="S566" s="161"/>
+      <c r="T566" s="162"/>
     </row>
     <row r="567" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B567" s="308"/>
-[...9 lines deleted...]
-      <c r="L567" s="177"/>
+      <c r="B567" s="177"/>
+      <c r="C567" s="178"/>
+      <c r="D567" s="178"/>
+      <c r="E567" s="179"/>
+      <c r="F567" s="181"/>
+      <c r="G567" s="181"/>
+      <c r="H567" s="181"/>
+      <c r="I567" s="181"/>
+      <c r="J567" s="181"/>
+      <c r="K567" s="181"/>
+      <c r="L567" s="181"/>
       <c r="M567" s="117"/>
       <c r="N567" s="117"/>
-      <c r="Q567" s="197"/>
-[...1 lines deleted...]
-      <c r="T567" s="210"/>
+      <c r="Q567" s="147"/>
+      <c r="S567" s="161"/>
+      <c r="T567" s="162"/>
     </row>
     <row r="568" spans="2:20" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B568" s="308"/>
-[...9 lines deleted...]
-      <c r="L568" s="177"/>
+      <c r="B568" s="177"/>
+      <c r="C568" s="178"/>
+      <c r="D568" s="178"/>
+      <c r="E568" s="179"/>
+      <c r="F568" s="181"/>
+      <c r="G568" s="181"/>
+      <c r="H568" s="181"/>
+      <c r="I568" s="181"/>
+      <c r="J568" s="181"/>
+      <c r="K568" s="181"/>
+      <c r="L568" s="181"/>
       <c r="M568" s="117"/>
       <c r="N568" s="117"/>
-      <c r="Q568" s="198"/>
-[...1 lines deleted...]
-      <c r="T568" s="212"/>
+      <c r="Q568" s="148"/>
+      <c r="S568" s="163"/>
+      <c r="T568" s="164"/>
     </row>
     <row r="569" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B569" s="10"/>
     </row>
     <row r="570" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B570" s="145" t="s">
+      <c r="B570" s="205" t="s">
         <v>275</v>
       </c>
-      <c r="C570" s="145"/>
-[...10 lines deleted...]
-      <c r="N570" s="145"/>
+      <c r="C570" s="205"/>
+      <c r="D570" s="205"/>
+      <c r="E570" s="205"/>
+      <c r="F570" s="205"/>
+      <c r="G570" s="205"/>
+      <c r="H570" s="205"/>
+      <c r="I570" s="205"/>
+      <c r="J570" s="205"/>
+      <c r="K570" s="205"/>
+      <c r="L570" s="205"/>
+      <c r="M570" s="205"/>
+      <c r="N570" s="205"/>
     </row>
     <row r="571" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B571" s="28"/>
     </row>
     <row r="572" spans="2:20" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B572" s="166" t="s">
+      <c r="B572" s="209" t="s">
         <v>276</v>
       </c>
-      <c r="C572" s="166"/>
-[...5 lines deleted...]
-      <c r="I572" s="164" t="s">
+      <c r="C572" s="209"/>
+      <c r="D572" s="209"/>
+      <c r="E572" s="209"/>
+      <c r="F572" s="209"/>
+      <c r="G572" s="209"/>
+      <c r="H572" s="209"/>
+      <c r="I572" s="180" t="s">
         <v>277</v>
       </c>
-      <c r="J572" s="164"/>
-[...4 lines deleted...]
-      <c r="Q572" s="196" t="s">
+      <c r="J572" s="180"/>
+      <c r="K572" s="180"/>
+      <c r="L572" s="180"/>
+      <c r="M572" s="180"/>
+      <c r="N572" s="180"/>
+      <c r="Q572" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="S572" s="207" t="s">
+      <c r="S572" s="152" t="s">
         <v>278</v>
       </c>
-      <c r="T572" s="208"/>
+      <c r="T572" s="160"/>
     </row>
     <row r="573" spans="2:20" ht="15.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B573" s="178"/>
-[...14 lines deleted...]
-      <c r="T573" s="210"/>
+      <c r="B573" s="183"/>
+      <c r="C573" s="183"/>
+      <c r="D573" s="183"/>
+      <c r="E573" s="183"/>
+      <c r="F573" s="183"/>
+      <c r="G573" s="183"/>
+      <c r="H573" s="183"/>
+      <c r="I573" s="181"/>
+      <c r="J573" s="181"/>
+      <c r="K573" s="181"/>
+      <c r="L573" s="181"/>
+      <c r="M573" s="181"/>
+      <c r="N573" s="181"/>
+      <c r="Q573" s="147"/>
+      <c r="S573" s="161"/>
+      <c r="T573" s="162"/>
     </row>
     <row r="574" spans="2:20" ht="15.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B574" s="178"/>
-[...14 lines deleted...]
-      <c r="T574" s="210"/>
+      <c r="B574" s="183"/>
+      <c r="C574" s="183"/>
+      <c r="D574" s="183"/>
+      <c r="E574" s="183"/>
+      <c r="F574" s="183"/>
+      <c r="G574" s="183"/>
+      <c r="H574" s="183"/>
+      <c r="I574" s="181"/>
+      <c r="J574" s="181"/>
+      <c r="K574" s="181"/>
+      <c r="L574" s="181"/>
+      <c r="M574" s="181"/>
+      <c r="N574" s="181"/>
+      <c r="Q574" s="147"/>
+      <c r="S574" s="161"/>
+      <c r="T574" s="162"/>
     </row>
     <row r="575" spans="2:20" ht="15.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B575" s="178"/>
-[...14 lines deleted...]
-      <c r="T575" s="210"/>
+      <c r="B575" s="183"/>
+      <c r="C575" s="183"/>
+      <c r="D575" s="183"/>
+      <c r="E575" s="183"/>
+      <c r="F575" s="183"/>
+      <c r="G575" s="183"/>
+      <c r="H575" s="183"/>
+      <c r="I575" s="181"/>
+      <c r="J575" s="181"/>
+      <c r="K575" s="181"/>
+      <c r="L575" s="181"/>
+      <c r="M575" s="181"/>
+      <c r="N575" s="181"/>
+      <c r="Q575" s="147"/>
+      <c r="S575" s="161"/>
+      <c r="T575" s="162"/>
     </row>
     <row r="576" spans="2:20" ht="15.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B576" s="178"/>
-[...14 lines deleted...]
-      <c r="T576" s="210"/>
+      <c r="B576" s="183"/>
+      <c r="C576" s="183"/>
+      <c r="D576" s="183"/>
+      <c r="E576" s="183"/>
+      <c r="F576" s="183"/>
+      <c r="G576" s="183"/>
+      <c r="H576" s="183"/>
+      <c r="I576" s="181"/>
+      <c r="J576" s="181"/>
+      <c r="K576" s="181"/>
+      <c r="L576" s="181"/>
+      <c r="M576" s="181"/>
+      <c r="N576" s="181"/>
+      <c r="Q576" s="147"/>
+      <c r="S576" s="161"/>
+      <c r="T576" s="162"/>
     </row>
     <row r="577" spans="2:20" ht="15.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B577" s="178"/>
-[...14 lines deleted...]
-      <c r="T577" s="212"/>
+      <c r="B577" s="183"/>
+      <c r="C577" s="183"/>
+      <c r="D577" s="183"/>
+      <c r="E577" s="183"/>
+      <c r="F577" s="183"/>
+      <c r="G577" s="183"/>
+      <c r="H577" s="183"/>
+      <c r="I577" s="181"/>
+      <c r="J577" s="181"/>
+      <c r="K577" s="181"/>
+      <c r="L577" s="181"/>
+      <c r="M577" s="181"/>
+      <c r="N577" s="181"/>
+      <c r="Q577" s="148"/>
+      <c r="S577" s="163"/>
+      <c r="T577" s="164"/>
     </row>
     <row r="578" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B578" s="10"/>
     </row>
     <row r="579" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B579" s="145" t="s">
+      <c r="B579" s="205" t="s">
         <v>279</v>
       </c>
-      <c r="C579" s="145"/>
-[...10 lines deleted...]
-      <c r="N579" s="145"/>
+      <c r="C579" s="205"/>
+      <c r="D579" s="205"/>
+      <c r="E579" s="205"/>
+      <c r="F579" s="205"/>
+      <c r="G579" s="205"/>
+      <c r="H579" s="205"/>
+      <c r="I579" s="205"/>
+      <c r="J579" s="205"/>
+      <c r="K579" s="205"/>
+      <c r="L579" s="205"/>
+      <c r="M579" s="205"/>
+      <c r="N579" s="205"/>
     </row>
     <row r="580" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B580" s="10"/>
     </row>
     <row r="581" spans="2:20" ht="32.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B581" s="10"/>
-      <c r="I581" s="199" t="s">
+      <c r="I581" s="192" t="s">
         <v>280</v>
       </c>
-      <c r="J581" s="199"/>
-[...2 lines deleted...]
-      <c r="M581" s="183" t="s">
+      <c r="J581" s="192"/>
+      <c r="K581" s="192"/>
+      <c r="L581" s="192"/>
+      <c r="M581" s="191" t="s">
         <v>281</v>
       </c>
-      <c r="N581" s="183"/>
-      <c r="Q581" s="196" t="s">
+      <c r="N581" s="191"/>
+      <c r="Q581" s="146" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="582" spans="2:20" ht="38.15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B582" s="222" t="s">
+      <c r="B582" s="297" t="s">
         <v>282</v>
       </c>
-      <c r="C582" s="222"/>
-      <c r="D582" s="222" t="s">
+      <c r="C582" s="297"/>
+      <c r="D582" s="297" t="s">
         <v>283</v>
       </c>
-      <c r="E582" s="222"/>
-[...3 lines deleted...]
-      <c r="I582" s="183" t="s">
+      <c r="E582" s="297"/>
+      <c r="F582" s="297"/>
+      <c r="G582" s="297"/>
+      <c r="H582" s="297"/>
+      <c r="I582" s="191" t="s">
         <v>284</v>
       </c>
-      <c r="J582" s="199"/>
-      <c r="K582" s="183" t="s">
+      <c r="J582" s="192"/>
+      <c r="K582" s="191" t="s">
         <v>285</v>
       </c>
-      <c r="L582" s="199"/>
+      <c r="L582" s="192"/>
       <c r="M582" s="32" t="s">
         <v>284</v>
       </c>
       <c r="N582" s="32" t="s">
         <v>285</v>
       </c>
-      <c r="Q582" s="197"/>
-      <c r="S582" s="207" t="s">
+      <c r="Q582" s="147"/>
+      <c r="S582" s="152" t="s">
         <v>286</v>
       </c>
-      <c r="T582" s="213"/>
+      <c r="T582" s="153"/>
     </row>
     <row r="583" spans="2:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B583" s="202"/>
-[...9 lines deleted...]
-      <c r="L583" s="201"/>
+      <c r="B583" s="272"/>
+      <c r="C583" s="272"/>
+      <c r="D583" s="284"/>
+      <c r="E583" s="284"/>
+      <c r="F583" s="284"/>
+      <c r="G583" s="284"/>
+      <c r="H583" s="284"/>
+      <c r="I583" s="285"/>
+      <c r="J583" s="285"/>
+      <c r="K583" s="285"/>
+      <c r="L583" s="285"/>
       <c r="M583" s="117"/>
       <c r="N583" s="117"/>
-      <c r="Q583" s="197"/>
-[...1 lines deleted...]
-      <c r="T583" s="215"/>
+      <c r="Q583" s="147"/>
+      <c r="S583" s="154"/>
+      <c r="T583" s="155"/>
     </row>
     <row r="584" spans="2:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B584" s="202"/>
-[...9 lines deleted...]
-      <c r="L584" s="201"/>
+      <c r="B584" s="272"/>
+      <c r="C584" s="272"/>
+      <c r="D584" s="284"/>
+      <c r="E584" s="284"/>
+      <c r="F584" s="284"/>
+      <c r="G584" s="284"/>
+      <c r="H584" s="284"/>
+      <c r="I584" s="285"/>
+      <c r="J584" s="285"/>
+      <c r="K584" s="285"/>
+      <c r="L584" s="285"/>
       <c r="M584" s="117"/>
       <c r="N584" s="117"/>
-      <c r="Q584" s="197"/>
-[...1 lines deleted...]
-      <c r="T584" s="215"/>
+      <c r="Q584" s="147"/>
+      <c r="S584" s="154"/>
+      <c r="T584" s="155"/>
     </row>
     <row r="585" spans="2:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B585" s="202"/>
-[...9 lines deleted...]
-      <c r="L585" s="201"/>
+      <c r="B585" s="272"/>
+      <c r="C585" s="272"/>
+      <c r="D585" s="284"/>
+      <c r="E585" s="284"/>
+      <c r="F585" s="284"/>
+      <c r="G585" s="284"/>
+      <c r="H585" s="284"/>
+      <c r="I585" s="285"/>
+      <c r="J585" s="285"/>
+      <c r="K585" s="285"/>
+      <c r="L585" s="285"/>
       <c r="M585" s="117"/>
       <c r="N585" s="117"/>
-      <c r="Q585" s="197"/>
-[...1 lines deleted...]
-      <c r="T585" s="215"/>
+      <c r="Q585" s="147"/>
+      <c r="S585" s="154"/>
+      <c r="T585" s="155"/>
     </row>
     <row r="586" spans="2:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B586" s="202"/>
-[...9 lines deleted...]
-      <c r="L586" s="201"/>
+      <c r="B586" s="272"/>
+      <c r="C586" s="272"/>
+      <c r="D586" s="284"/>
+      <c r="E586" s="284"/>
+      <c r="F586" s="284"/>
+      <c r="G586" s="284"/>
+      <c r="H586" s="284"/>
+      <c r="I586" s="285"/>
+      <c r="J586" s="285"/>
+      <c r="K586" s="285"/>
+      <c r="L586" s="285"/>
       <c r="M586" s="117"/>
       <c r="N586" s="117"/>
-      <c r="Q586" s="197"/>
-[...1 lines deleted...]
-      <c r="T586" s="215"/>
+      <c r="Q586" s="147"/>
+      <c r="S586" s="154"/>
+      <c r="T586" s="155"/>
     </row>
     <row r="587" spans="2:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B587" s="202"/>
-[...9 lines deleted...]
-      <c r="L587" s="201"/>
+      <c r="B587" s="272"/>
+      <c r="C587" s="272"/>
+      <c r="D587" s="284"/>
+      <c r="E587" s="284"/>
+      <c r="F587" s="284"/>
+      <c r="G587" s="284"/>
+      <c r="H587" s="284"/>
+      <c r="I587" s="285"/>
+      <c r="J587" s="285"/>
+      <c r="K587" s="285"/>
+      <c r="L587" s="285"/>
       <c r="M587" s="117"/>
       <c r="N587" s="117"/>
-      <c r="Q587" s="198"/>
-[...1 lines deleted...]
-      <c r="T587" s="215"/>
+      <c r="Q587" s="148"/>
+      <c r="S587" s="154"/>
+      <c r="T587" s="155"/>
     </row>
     <row r="588" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B588" s="10"/>
       <c r="Q588" s="118"/>
-      <c r="S588" s="214"/>
-      <c r="T588" s="215"/>
+      <c r="S588" s="154"/>
+      <c r="T588" s="155"/>
     </row>
     <row r="589" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B589" s="161" t="s">
+      <c r="B589" s="282" t="s">
         <v>287</v>
       </c>
-      <c r="C589" s="161"/>
-[...10 lines deleted...]
-      <c r="N589" s="161"/>
+      <c r="C589" s="282"/>
+      <c r="D589" s="282"/>
+      <c r="E589" s="282"/>
+      <c r="F589" s="282"/>
+      <c r="G589" s="282"/>
+      <c r="H589" s="282"/>
+      <c r="I589" s="282"/>
+      <c r="J589" s="282"/>
+      <c r="K589" s="282"/>
+      <c r="L589" s="282"/>
+      <c r="M589" s="282"/>
+      <c r="N589" s="282"/>
       <c r="Q589" s="118"/>
-      <c r="S589" s="214"/>
-      <c r="T589" s="215"/>
+      <c r="S589" s="154"/>
+      <c r="T589" s="155"/>
     </row>
     <row r="590" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B590" s="10"/>
-      <c r="Q590" s="313" t="s">
+      <c r="Q590" s="144" t="s">
         <v>249</v>
       </c>
-      <c r="S590" s="214"/>
-      <c r="T590" s="215"/>
+      <c r="S590" s="154"/>
+      <c r="T590" s="155"/>
     </row>
     <row r="591" spans="2:20" ht="30.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B591" s="230" t="s">
+      <c r="B591" s="281" t="s">
         <v>288</v>
       </c>
-      <c r="C591" s="230"/>
-[...13 lines deleted...]
-      <c r="T591" s="217"/>
+      <c r="C591" s="281"/>
+      <c r="D591" s="281"/>
+      <c r="E591" s="281"/>
+      <c r="F591" s="281"/>
+      <c r="G591" s="281"/>
+      <c r="H591" s="281"/>
+      <c r="I591" s="281"/>
+      <c r="J591" s="281"/>
+      <c r="K591" s="281"/>
+      <c r="L591" s="281"/>
+      <c r="M591" s="281"/>
+      <c r="N591" s="281"/>
+      <c r="Q591" s="145"/>
+      <c r="S591" s="156"/>
+      <c r="T591" s="157"/>
     </row>
     <row r="592" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B592" s="10"/>
     </row>
     <row r="593" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B593" s="10"/>
     </row>
     <row r="594" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B594" s="145" t="s">
+      <c r="B594" s="205" t="s">
         <v>289</v>
       </c>
-      <c r="C594" s="145"/>
-[...10 lines deleted...]
-      <c r="N594" s="145"/>
+      <c r="C594" s="205"/>
+      <c r="D594" s="205"/>
+      <c r="E594" s="205"/>
+      <c r="F594" s="205"/>
+      <c r="G594" s="205"/>
+      <c r="H594" s="205"/>
+      <c r="I594" s="205"/>
+      <c r="J594" s="205"/>
+      <c r="K594" s="205"/>
+      <c r="L594" s="205"/>
+      <c r="M594" s="205"/>
+      <c r="N594" s="205"/>
     </row>
     <row r="595" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B595" s="10"/>
     </row>
     <row r="596" spans="2:20" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B596" s="166" t="s">
+      <c r="B596" s="209" t="s">
         <v>290</v>
       </c>
-      <c r="C596" s="166"/>
-      <c r="D596" s="183" t="s">
+      <c r="C596" s="209"/>
+      <c r="D596" s="191" t="s">
         <v>291</v>
       </c>
-      <c r="E596" s="183"/>
-[...3 lines deleted...]
-      <c r="I596" s="164" t="s">
+      <c r="E596" s="191"/>
+      <c r="F596" s="191"/>
+      <c r="G596" s="191"/>
+      <c r="H596" s="191"/>
+      <c r="I596" s="180" t="s">
         <v>292</v>
       </c>
-      <c r="J596" s="164"/>
-[...4 lines deleted...]
-      <c r="Q596" s="196" t="s">
+      <c r="J596" s="180"/>
+      <c r="K596" s="180"/>
+      <c r="L596" s="180"/>
+      <c r="M596" s="180"/>
+      <c r="N596" s="180"/>
+      <c r="Q596" s="146" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="597" spans="2:20" ht="44.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B597" s="178"/>
-[...13 lines deleted...]
-      <c r="S597" s="207" t="s">
+      <c r="B597" s="183"/>
+      <c r="C597" s="183"/>
+      <c r="D597" s="283"/>
+      <c r="E597" s="283"/>
+      <c r="F597" s="283"/>
+      <c r="G597" s="283"/>
+      <c r="H597" s="283"/>
+      <c r="I597" s="181"/>
+      <c r="J597" s="181"/>
+      <c r="K597" s="181"/>
+      <c r="L597" s="181"/>
+      <c r="M597" s="181"/>
+      <c r="N597" s="181"/>
+      <c r="Q597" s="147"/>
+      <c r="S597" s="152" t="s">
         <v>293</v>
       </c>
-      <c r="T597" s="213"/>
+      <c r="T597" s="153"/>
     </row>
     <row r="598" spans="2:20" ht="44.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B598" s="178"/>
-[...14 lines deleted...]
-      <c r="T598" s="215"/>
+      <c r="B598" s="183"/>
+      <c r="C598" s="183"/>
+      <c r="D598" s="283"/>
+      <c r="E598" s="283"/>
+      <c r="F598" s="283"/>
+      <c r="G598" s="283"/>
+      <c r="H598" s="283"/>
+      <c r="I598" s="181"/>
+      <c r="J598" s="181"/>
+      <c r="K598" s="181"/>
+      <c r="L598" s="181"/>
+      <c r="M598" s="181"/>
+      <c r="N598" s="181"/>
+      <c r="Q598" s="148"/>
+      <c r="S598" s="154"/>
+      <c r="T598" s="155"/>
     </row>
     <row r="599" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B599" s="10"/>
       <c r="Q599" s="87"/>
-      <c r="S599" s="214"/>
-      <c r="T599" s="215"/>
+      <c r="S599" s="154"/>
+      <c r="T599" s="155"/>
     </row>
     <row r="600" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B600" s="161" t="s">
+      <c r="B600" s="282" t="s">
         <v>287</v>
       </c>
-      <c r="C600" s="161"/>
-[...10 lines deleted...]
-      <c r="N600" s="161"/>
+      <c r="C600" s="282"/>
+      <c r="D600" s="282"/>
+      <c r="E600" s="282"/>
+      <c r="F600" s="282"/>
+      <c r="G600" s="282"/>
+      <c r="H600" s="282"/>
+      <c r="I600" s="282"/>
+      <c r="J600" s="282"/>
+      <c r="K600" s="282"/>
+      <c r="L600" s="282"/>
+      <c r="M600" s="282"/>
+      <c r="N600" s="282"/>
       <c r="Q600" s="87"/>
-      <c r="S600" s="214"/>
-      <c r="T600" s="215"/>
+      <c r="S600" s="154"/>
+      <c r="T600" s="155"/>
     </row>
     <row r="601" spans="2:20" ht="12.5" x14ac:dyDescent="0.25">
       <c r="B601" s="10"/>
       <c r="Q601" s="87"/>
-      <c r="S601" s="214"/>
-      <c r="T601" s="215"/>
+      <c r="S601" s="154"/>
+      <c r="T601" s="155"/>
     </row>
     <row r="602" spans="2:20" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B602" s="230" t="s">
+      <c r="B602" s="281" t="s">
         <v>294</v>
       </c>
-      <c r="C602" s="230"/>
-[...10 lines deleted...]
-      <c r="N602" s="230"/>
+      <c r="C602" s="281"/>
+      <c r="D602" s="281"/>
+      <c r="E602" s="281"/>
+      <c r="F602" s="281"/>
+      <c r="G602" s="281"/>
+      <c r="H602" s="281"/>
+      <c r="I602" s="281"/>
+      <c r="J602" s="281"/>
+      <c r="K602" s="281"/>
+      <c r="L602" s="281"/>
+      <c r="M602" s="281"/>
+      <c r="N602" s="281"/>
       <c r="Q602" s="120" t="s">
         <v>249</v>
       </c>
-      <c r="S602" s="216"/>
-      <c r="T602" s="217"/>
+      <c r="S602" s="156"/>
+      <c r="T602" s="157"/>
     </row>
     <row r="603" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B603" s="10"/>
     </row>
     <row r="604" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B604" s="145" t="s">
+      <c r="B604" s="205" t="s">
         <v>295</v>
       </c>
-      <c r="C604" s="145"/>
-[...10 lines deleted...]
-      <c r="N604" s="145"/>
+      <c r="C604" s="205"/>
+      <c r="D604" s="205"/>
+      <c r="E604" s="205"/>
+      <c r="F604" s="205"/>
+      <c r="G604" s="205"/>
+      <c r="H604" s="205"/>
+      <c r="I604" s="205"/>
+      <c r="J604" s="205"/>
+      <c r="K604" s="205"/>
+      <c r="L604" s="205"/>
+      <c r="M604" s="205"/>
+      <c r="N604" s="205"/>
     </row>
     <row r="605" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B605" s="10"/>
     </row>
     <row r="606" spans="2:20" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B606" s="218"/>
-[...11 lines deleted...]
-      <c r="N606" s="220"/>
+      <c r="B606" s="269"/>
+      <c r="C606" s="270"/>
+      <c r="D606" s="270"/>
+      <c r="E606" s="270"/>
+      <c r="F606" s="270"/>
+      <c r="G606" s="270"/>
+      <c r="H606" s="270"/>
+      <c r="I606" s="270"/>
+      <c r="J606" s="270"/>
+      <c r="K606" s="270"/>
+      <c r="L606" s="270"/>
+      <c r="M606" s="270"/>
+      <c r="N606" s="271"/>
       <c r="Q606" s="119" t="s">
         <v>165</v>
       </c>
-      <c r="S606" s="203" t="s">
+      <c r="S606" s="165" t="s">
         <v>296</v>
       </c>
-      <c r="T606" s="204"/>
+      <c r="T606" s="185"/>
     </row>
     <row r="607" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B607" s="10"/>
       <c r="Q607" s="4"/>
     </row>
     <row r="608" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B608" s="145" t="s">
+      <c r="B608" s="205" t="s">
         <v>297</v>
       </c>
-      <c r="C608" s="145"/>
-[...10 lines deleted...]
-      <c r="N608" s="145"/>
+      <c r="C608" s="205"/>
+      <c r="D608" s="205"/>
+      <c r="E608" s="205"/>
+      <c r="F608" s="205"/>
+      <c r="G608" s="205"/>
+      <c r="H608" s="205"/>
+      <c r="I608" s="205"/>
+      <c r="J608" s="205"/>
+      <c r="K608" s="205"/>
+      <c r="L608" s="205"/>
+      <c r="M608" s="205"/>
+      <c r="N608" s="205"/>
       <c r="Q608" s="4"/>
     </row>
     <row r="609" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B609" s="10"/>
       <c r="Q609" s="4"/>
     </row>
     <row r="610" spans="2:20" ht="54.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B610" s="218"/>
-[...11 lines deleted...]
-      <c r="N610" s="220"/>
+      <c r="B610" s="269"/>
+      <c r="C610" s="270"/>
+      <c r="D610" s="270"/>
+      <c r="E610" s="270"/>
+      <c r="F610" s="270"/>
+      <c r="G610" s="270"/>
+      <c r="H610" s="270"/>
+      <c r="I610" s="270"/>
+      <c r="J610" s="270"/>
+      <c r="K610" s="270"/>
+      <c r="L610" s="270"/>
+      <c r="M610" s="270"/>
+      <c r="N610" s="271"/>
       <c r="Q610" s="119" t="s">
         <v>165</v>
       </c>
-      <c r="S610" s="203" t="s">
+      <c r="S610" s="165" t="s">
         <v>298</v>
       </c>
-      <c r="T610" s="204"/>
+      <c r="T610" s="185"/>
     </row>
     <row r="611" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B611" s="10"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="fmMf5CfBsM9ZrZ77zC7723xI8j+gPp7qeKkoCrcRn0dL5vAxcohEzRs2qjS+iAYMrnMe/AzpzvHqgqSy44m7Cw==" saltValue="sSGsE7Ofh9g5Bc4k2KHK1A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="C13 C15 C17 C19 C28 M146:N152 B200 C9 B203 C121:G125 K121:M125 B182 D7 M134:N142 C11 C22:C26 B185:L185 M65:N71 M53:N61 B188 B191 B42:N45 C3:C6 B197 B194" name="Range1"/>
   </protectedRanges>
   <dataConsolidate/>
   <mergeCells count="790">
+    <mergeCell ref="B430:N430"/>
+    <mergeCell ref="G446:H446"/>
+    <mergeCell ref="I446:J446"/>
+    <mergeCell ref="K446:L446"/>
+    <mergeCell ref="C444:D444"/>
+    <mergeCell ref="C448:D448"/>
+    <mergeCell ref="E448:F448"/>
+    <mergeCell ref="G448:H448"/>
+    <mergeCell ref="I448:J448"/>
+    <mergeCell ref="K448:L448"/>
+    <mergeCell ref="E444:F444"/>
+    <mergeCell ref="G444:H444"/>
+    <mergeCell ref="I444:J444"/>
+    <mergeCell ref="K444:L444"/>
+    <mergeCell ref="C445:D445"/>
+    <mergeCell ref="K437:L437"/>
+    <mergeCell ref="I439:J439"/>
+    <mergeCell ref="K439:L439"/>
+    <mergeCell ref="K438:L438"/>
+    <mergeCell ref="C447:D447"/>
+    <mergeCell ref="I447:J447"/>
+    <mergeCell ref="K447:L447"/>
+    <mergeCell ref="E440:F440"/>
+    <mergeCell ref="G440:H440"/>
+    <mergeCell ref="C484:D484"/>
+    <mergeCell ref="E484:F484"/>
+    <mergeCell ref="G484:H484"/>
+    <mergeCell ref="I484:J484"/>
+    <mergeCell ref="K484:L484"/>
+    <mergeCell ref="B518:N518"/>
+    <mergeCell ref="B521:N521"/>
+    <mergeCell ref="B534:N534"/>
+    <mergeCell ref="B537:N537"/>
+    <mergeCell ref="D525:L525"/>
+    <mergeCell ref="D526:L526"/>
+    <mergeCell ref="B525:C525"/>
+    <mergeCell ref="B526:C528"/>
+    <mergeCell ref="D527:L527"/>
+    <mergeCell ref="D528:L528"/>
+    <mergeCell ref="D532:L532"/>
+    <mergeCell ref="B506:C506"/>
+    <mergeCell ref="D506:L506"/>
+    <mergeCell ref="C488:D488"/>
+    <mergeCell ref="E488:F488"/>
+    <mergeCell ref="K487:L487"/>
+    <mergeCell ref="D497:L497"/>
+    <mergeCell ref="B498:C498"/>
+    <mergeCell ref="D498:L498"/>
+    <mergeCell ref="K472:L472"/>
+    <mergeCell ref="E467:F467"/>
+    <mergeCell ref="C483:D483"/>
+    <mergeCell ref="E483:F483"/>
+    <mergeCell ref="G483:H483"/>
+    <mergeCell ref="I483:J483"/>
+    <mergeCell ref="K483:L483"/>
+    <mergeCell ref="C482:D482"/>
+    <mergeCell ref="E482:F482"/>
+    <mergeCell ref="G482:H482"/>
+    <mergeCell ref="I482:J482"/>
+    <mergeCell ref="K482:L482"/>
+    <mergeCell ref="E468:F468"/>
+    <mergeCell ref="E469:F469"/>
+    <mergeCell ref="E471:F471"/>
+    <mergeCell ref="E472:F472"/>
+    <mergeCell ref="C481:D481"/>
+    <mergeCell ref="C477:N477"/>
+    <mergeCell ref="C478:D478"/>
+    <mergeCell ref="E478:F478"/>
+    <mergeCell ref="G478:H478"/>
+    <mergeCell ref="I478:J478"/>
+    <mergeCell ref="K478:L478"/>
+    <mergeCell ref="C479:D479"/>
+    <mergeCell ref="E447:F447"/>
+    <mergeCell ref="G447:H447"/>
+    <mergeCell ref="C22:N26"/>
+    <mergeCell ref="K475:L475"/>
+    <mergeCell ref="K473:L473"/>
+    <mergeCell ref="I464:J464"/>
+    <mergeCell ref="K464:L464"/>
+    <mergeCell ref="G465:H465"/>
+    <mergeCell ref="G466:H466"/>
+    <mergeCell ref="G467:H467"/>
+    <mergeCell ref="G468:H468"/>
+    <mergeCell ref="G469:H469"/>
+    <mergeCell ref="I465:J465"/>
+    <mergeCell ref="I466:J466"/>
+    <mergeCell ref="I467:J467"/>
+    <mergeCell ref="I468:J468"/>
+    <mergeCell ref="B456:D456"/>
+    <mergeCell ref="E456:H456"/>
+    <mergeCell ref="I456:L456"/>
+    <mergeCell ref="I469:J469"/>
+    <mergeCell ref="K468:L468"/>
+    <mergeCell ref="K469:L469"/>
+    <mergeCell ref="K470:L470"/>
+    <mergeCell ref="K471:L471"/>
+    <mergeCell ref="B461:N461"/>
+    <mergeCell ref="E464:F464"/>
+    <mergeCell ref="G464:H464"/>
+    <mergeCell ref="K465:L465"/>
+    <mergeCell ref="B452:L452"/>
+    <mergeCell ref="Q452:Q458"/>
+    <mergeCell ref="B453:D453"/>
+    <mergeCell ref="E453:H453"/>
+    <mergeCell ref="I453:L453"/>
+    <mergeCell ref="B454:D454"/>
+    <mergeCell ref="E454:H454"/>
+    <mergeCell ref="I454:L454"/>
+    <mergeCell ref="B455:D455"/>
+    <mergeCell ref="E455:H455"/>
+    <mergeCell ref="I455:L455"/>
+    <mergeCell ref="B594:N594"/>
+    <mergeCell ref="B604:N604"/>
+    <mergeCell ref="I575:N575"/>
+    <mergeCell ref="I576:N576"/>
+    <mergeCell ref="I577:N577"/>
+    <mergeCell ref="B575:H575"/>
+    <mergeCell ref="B576:H576"/>
+    <mergeCell ref="B577:H577"/>
+    <mergeCell ref="K582:L582"/>
+    <mergeCell ref="B579:N579"/>
+    <mergeCell ref="D584:H584"/>
+    <mergeCell ref="I584:J584"/>
+    <mergeCell ref="K584:L584"/>
+    <mergeCell ref="B585:C585"/>
+    <mergeCell ref="D585:H585"/>
+    <mergeCell ref="I585:J585"/>
+    <mergeCell ref="K585:L585"/>
+    <mergeCell ref="I582:J582"/>
+    <mergeCell ref="I581:L581"/>
+    <mergeCell ref="B608:N608"/>
+    <mergeCell ref="S610:T610"/>
+    <mergeCell ref="I546:J546"/>
+    <mergeCell ref="I547:J547"/>
+    <mergeCell ref="I548:J548"/>
+    <mergeCell ref="S544:T548"/>
+    <mergeCell ref="S554:T559"/>
+    <mergeCell ref="S563:T568"/>
+    <mergeCell ref="S572:T577"/>
+    <mergeCell ref="S606:T606"/>
+    <mergeCell ref="I587:J587"/>
+    <mergeCell ref="K587:L587"/>
+    <mergeCell ref="B589:N589"/>
+    <mergeCell ref="B583:C583"/>
+    <mergeCell ref="D583:H583"/>
+    <mergeCell ref="I583:J583"/>
+    <mergeCell ref="K583:L583"/>
+    <mergeCell ref="B584:C584"/>
+    <mergeCell ref="C547:H547"/>
+    <mergeCell ref="C548:H548"/>
+    <mergeCell ref="B555:M555"/>
+    <mergeCell ref="M581:N581"/>
+    <mergeCell ref="B582:C582"/>
+    <mergeCell ref="D582:H582"/>
+    <mergeCell ref="S131:T155"/>
+    <mergeCell ref="S156:T170"/>
+    <mergeCell ref="S171:T174"/>
+    <mergeCell ref="B179:N179"/>
+    <mergeCell ref="B206:N206"/>
+    <mergeCell ref="B259:N259"/>
+    <mergeCell ref="B312:N312"/>
+    <mergeCell ref="B346:N346"/>
+    <mergeCell ref="I545:J545"/>
+    <mergeCell ref="B494:C494"/>
+    <mergeCell ref="D494:L494"/>
+    <mergeCell ref="B495:C495"/>
+    <mergeCell ref="D495:L495"/>
+    <mergeCell ref="B496:C496"/>
+    <mergeCell ref="D496:L496"/>
+    <mergeCell ref="B497:C497"/>
+    <mergeCell ref="B503:N503"/>
+    <mergeCell ref="B540:N540"/>
+    <mergeCell ref="D514:L514"/>
+    <mergeCell ref="D516:L516"/>
+    <mergeCell ref="B513:C515"/>
+    <mergeCell ref="D515:L515"/>
+    <mergeCell ref="B529:C531"/>
+    <mergeCell ref="D529:L529"/>
+    <mergeCell ref="M543:N543"/>
+    <mergeCell ref="K545:L545"/>
+    <mergeCell ref="K546:L546"/>
+    <mergeCell ref="K547:L547"/>
+    <mergeCell ref="K548:L548"/>
+    <mergeCell ref="Q422:Q427"/>
+    <mergeCell ref="S422:T427"/>
+    <mergeCell ref="S432:T450"/>
+    <mergeCell ref="S463:T489"/>
+    <mergeCell ref="Q493:Q499"/>
+    <mergeCell ref="S493:T499"/>
+    <mergeCell ref="S505:T521"/>
+    <mergeCell ref="S524:T537"/>
+    <mergeCell ref="D530:L530"/>
+    <mergeCell ref="D531:L531"/>
+    <mergeCell ref="B457:D457"/>
+    <mergeCell ref="E457:H457"/>
+    <mergeCell ref="I457:L457"/>
+    <mergeCell ref="B458:D458"/>
+    <mergeCell ref="E458:H458"/>
+    <mergeCell ref="I458:L458"/>
+    <mergeCell ref="K466:L466"/>
+    <mergeCell ref="K467:L467"/>
+    <mergeCell ref="S452:T458"/>
+    <mergeCell ref="R171:R174"/>
+    <mergeCell ref="S261:T309"/>
+    <mergeCell ref="Q414:Q420"/>
+    <mergeCell ref="S414:T420"/>
+    <mergeCell ref="B591:N591"/>
+    <mergeCell ref="B596:C596"/>
+    <mergeCell ref="D596:H596"/>
+    <mergeCell ref="I596:N596"/>
+    <mergeCell ref="B610:N610"/>
+    <mergeCell ref="B600:N600"/>
+    <mergeCell ref="B602:N602"/>
+    <mergeCell ref="B597:C597"/>
+    <mergeCell ref="D597:H597"/>
+    <mergeCell ref="I597:N597"/>
+    <mergeCell ref="B598:C598"/>
+    <mergeCell ref="D598:H598"/>
+    <mergeCell ref="I598:N598"/>
+    <mergeCell ref="B606:N606"/>
+    <mergeCell ref="B586:C586"/>
+    <mergeCell ref="D586:H586"/>
+    <mergeCell ref="I586:J586"/>
+    <mergeCell ref="K586:L586"/>
+    <mergeCell ref="B587:C587"/>
+    <mergeCell ref="D587:H587"/>
+    <mergeCell ref="B552:N552"/>
+    <mergeCell ref="B554:M554"/>
+    <mergeCell ref="B572:H572"/>
+    <mergeCell ref="B573:H573"/>
+    <mergeCell ref="B574:H574"/>
+    <mergeCell ref="K549:L549"/>
+    <mergeCell ref="C549:J549"/>
+    <mergeCell ref="B561:N561"/>
+    <mergeCell ref="B570:N570"/>
+    <mergeCell ref="I573:N573"/>
+    <mergeCell ref="I574:N574"/>
+    <mergeCell ref="B556:M556"/>
+    <mergeCell ref="I544:J544"/>
+    <mergeCell ref="C544:H544"/>
+    <mergeCell ref="C545:H545"/>
+    <mergeCell ref="C546:H546"/>
+    <mergeCell ref="D507:L507"/>
+    <mergeCell ref="D508:L508"/>
+    <mergeCell ref="D509:L509"/>
+    <mergeCell ref="B507:C509"/>
+    <mergeCell ref="B510:C512"/>
+    <mergeCell ref="D510:L510"/>
+    <mergeCell ref="D511:L511"/>
+    <mergeCell ref="D512:L512"/>
+    <mergeCell ref="D513:L513"/>
+    <mergeCell ref="K544:L544"/>
+    <mergeCell ref="D493:L493"/>
+    <mergeCell ref="B493:C493"/>
+    <mergeCell ref="C487:D487"/>
+    <mergeCell ref="E487:F487"/>
+    <mergeCell ref="G487:H487"/>
+    <mergeCell ref="I487:J487"/>
+    <mergeCell ref="C485:D485"/>
+    <mergeCell ref="E485:F485"/>
+    <mergeCell ref="G485:H485"/>
+    <mergeCell ref="I485:J485"/>
+    <mergeCell ref="K485:L485"/>
+    <mergeCell ref="C486:D486"/>
+    <mergeCell ref="E486:F486"/>
+    <mergeCell ref="G486:H486"/>
+    <mergeCell ref="I486:J486"/>
+    <mergeCell ref="K486:L486"/>
+    <mergeCell ref="C489:D489"/>
+    <mergeCell ref="E489:F489"/>
+    <mergeCell ref="G489:H489"/>
+    <mergeCell ref="I489:J489"/>
+    <mergeCell ref="K489:L489"/>
+    <mergeCell ref="G488:H488"/>
+    <mergeCell ref="I488:J488"/>
+    <mergeCell ref="K488:L488"/>
+    <mergeCell ref="E479:F479"/>
+    <mergeCell ref="G479:H479"/>
+    <mergeCell ref="I479:J479"/>
+    <mergeCell ref="K479:L479"/>
+    <mergeCell ref="G481:H481"/>
+    <mergeCell ref="I481:J481"/>
+    <mergeCell ref="K481:L481"/>
+    <mergeCell ref="E481:F481"/>
+    <mergeCell ref="C480:D480"/>
+    <mergeCell ref="E480:F480"/>
+    <mergeCell ref="G480:H480"/>
+    <mergeCell ref="I480:J480"/>
+    <mergeCell ref="K480:L480"/>
+    <mergeCell ref="E466:F466"/>
+    <mergeCell ref="C475:D475"/>
+    <mergeCell ref="G470:H470"/>
+    <mergeCell ref="G471:H471"/>
+    <mergeCell ref="G472:H472"/>
+    <mergeCell ref="G473:H473"/>
+    <mergeCell ref="G474:H474"/>
+    <mergeCell ref="G475:H475"/>
+    <mergeCell ref="I472:J472"/>
+    <mergeCell ref="I473:J473"/>
+    <mergeCell ref="I474:J474"/>
+    <mergeCell ref="E475:F475"/>
+    <mergeCell ref="E474:F474"/>
+    <mergeCell ref="I475:J475"/>
+    <mergeCell ref="I470:J470"/>
+    <mergeCell ref="I471:J471"/>
+    <mergeCell ref="E473:F473"/>
+    <mergeCell ref="E470:F470"/>
+    <mergeCell ref="K445:L445"/>
+    <mergeCell ref="K474:L474"/>
+    <mergeCell ref="C473:D473"/>
+    <mergeCell ref="C474:D474"/>
+    <mergeCell ref="C463:N463"/>
+    <mergeCell ref="C449:D449"/>
+    <mergeCell ref="E449:F449"/>
+    <mergeCell ref="G449:H449"/>
+    <mergeCell ref="I449:J449"/>
+    <mergeCell ref="K449:L449"/>
+    <mergeCell ref="E450:F450"/>
+    <mergeCell ref="G450:H450"/>
+    <mergeCell ref="I450:J450"/>
+    <mergeCell ref="K450:L450"/>
+    <mergeCell ref="C464:D464"/>
+    <mergeCell ref="C465:D465"/>
+    <mergeCell ref="C466:D466"/>
+    <mergeCell ref="C467:D467"/>
+    <mergeCell ref="C468:D468"/>
+    <mergeCell ref="C469:D469"/>
+    <mergeCell ref="C470:D470"/>
+    <mergeCell ref="C471:D471"/>
+    <mergeCell ref="C472:D472"/>
+    <mergeCell ref="E465:F465"/>
+    <mergeCell ref="C439:D439"/>
+    <mergeCell ref="C446:D446"/>
+    <mergeCell ref="E446:F446"/>
+    <mergeCell ref="E439:F439"/>
+    <mergeCell ref="G439:H439"/>
+    <mergeCell ref="E438:F438"/>
+    <mergeCell ref="G438:H438"/>
+    <mergeCell ref="I438:J438"/>
+    <mergeCell ref="C437:D437"/>
+    <mergeCell ref="C438:D438"/>
+    <mergeCell ref="E437:F437"/>
+    <mergeCell ref="G437:H437"/>
+    <mergeCell ref="I437:J437"/>
+    <mergeCell ref="C443:D443"/>
+    <mergeCell ref="C442:N442"/>
+    <mergeCell ref="I440:J440"/>
+    <mergeCell ref="K440:L440"/>
+    <mergeCell ref="K443:L443"/>
+    <mergeCell ref="I443:J443"/>
+    <mergeCell ref="G443:H443"/>
+    <mergeCell ref="E443:F443"/>
+    <mergeCell ref="E445:F445"/>
+    <mergeCell ref="G445:H445"/>
+    <mergeCell ref="I445:J445"/>
+    <mergeCell ref="K436:L436"/>
+    <mergeCell ref="G433:H433"/>
+    <mergeCell ref="I433:J433"/>
+    <mergeCell ref="K433:L433"/>
+    <mergeCell ref="G434:H434"/>
+    <mergeCell ref="I434:J434"/>
+    <mergeCell ref="K434:L434"/>
+    <mergeCell ref="C435:D435"/>
+    <mergeCell ref="E435:F435"/>
+    <mergeCell ref="G435:H435"/>
+    <mergeCell ref="I435:J435"/>
+    <mergeCell ref="K435:L435"/>
+    <mergeCell ref="C436:D436"/>
+    <mergeCell ref="E436:F436"/>
+    <mergeCell ref="G436:H436"/>
+    <mergeCell ref="I436:J436"/>
+    <mergeCell ref="B182:N182"/>
+    <mergeCell ref="B185:N185"/>
+    <mergeCell ref="B188:N188"/>
+    <mergeCell ref="B191:N191"/>
+    <mergeCell ref="B194:N194"/>
+    <mergeCell ref="B197:N197"/>
+    <mergeCell ref="C236:L236"/>
+    <mergeCell ref="C238:L238"/>
+    <mergeCell ref="B239:B245"/>
+    <mergeCell ref="C239:L239"/>
+    <mergeCell ref="C240:L240"/>
+    <mergeCell ref="C241:L241"/>
+    <mergeCell ref="C242:L242"/>
+    <mergeCell ref="B200:N200"/>
+    <mergeCell ref="B203:N203"/>
+    <mergeCell ref="C219:L219"/>
+    <mergeCell ref="C220:L220"/>
+    <mergeCell ref="C221:L221"/>
+    <mergeCell ref="C222:L222"/>
+    <mergeCell ref="C223:L223"/>
+    <mergeCell ref="B262:B268"/>
+    <mergeCell ref="C262:L262"/>
+    <mergeCell ref="C263:L263"/>
+    <mergeCell ref="C264:L264"/>
+    <mergeCell ref="C265:L265"/>
+    <mergeCell ref="C267:L267"/>
+    <mergeCell ref="C268:L268"/>
+    <mergeCell ref="C269:L269"/>
+    <mergeCell ref="C271:L271"/>
+    <mergeCell ref="C249:L249"/>
+    <mergeCell ref="C250:L250"/>
+    <mergeCell ref="C251:L251"/>
+    <mergeCell ref="C252:L252"/>
+    <mergeCell ref="C253:L253"/>
+    <mergeCell ref="C254:L254"/>
+    <mergeCell ref="C255:L255"/>
+    <mergeCell ref="C256:L256"/>
+    <mergeCell ref="C261:L261"/>
+    <mergeCell ref="C432:N432"/>
+    <mergeCell ref="C434:D434"/>
+    <mergeCell ref="E434:F434"/>
+    <mergeCell ref="B129:N129"/>
+    <mergeCell ref="C17:N17"/>
+    <mergeCell ref="C19:N19"/>
+    <mergeCell ref="C28:N28"/>
+    <mergeCell ref="B31:N31"/>
+    <mergeCell ref="B128:N128"/>
+    <mergeCell ref="M40:N40"/>
+    <mergeCell ref="B42:L42"/>
+    <mergeCell ref="B43:L43"/>
+    <mergeCell ref="B44:L44"/>
+    <mergeCell ref="B34:N37"/>
+    <mergeCell ref="C21:K21"/>
+    <mergeCell ref="L21:N21"/>
+    <mergeCell ref="B78:N78"/>
+    <mergeCell ref="B79:N79"/>
+    <mergeCell ref="B45:L45"/>
+    <mergeCell ref="B422:M422"/>
+    <mergeCell ref="B423:M423"/>
+    <mergeCell ref="B424:M424"/>
+    <mergeCell ref="B425:M425"/>
+    <mergeCell ref="B426:M426"/>
+    <mergeCell ref="B2:N2"/>
+    <mergeCell ref="B7:N7"/>
+    <mergeCell ref="C13:N13"/>
+    <mergeCell ref="C3:N3"/>
+    <mergeCell ref="C4:N4"/>
+    <mergeCell ref="C11:N11"/>
+    <mergeCell ref="C9:N9"/>
+    <mergeCell ref="K124:M124"/>
+    <mergeCell ref="K121:M121"/>
+    <mergeCell ref="K122:M122"/>
+    <mergeCell ref="K123:M123"/>
+    <mergeCell ref="C121:G121"/>
+    <mergeCell ref="C122:G122"/>
+    <mergeCell ref="C123:G123"/>
+    <mergeCell ref="C124:G124"/>
+    <mergeCell ref="C15:N15"/>
+    <mergeCell ref="B41:L41"/>
+    <mergeCell ref="B48:N48"/>
+    <mergeCell ref="B49:N49"/>
+    <mergeCell ref="B22:B23"/>
+    <mergeCell ref="C5:N5"/>
+    <mergeCell ref="B427:M427"/>
+    <mergeCell ref="C433:D433"/>
+    <mergeCell ref="E433:F433"/>
+    <mergeCell ref="C208:L208"/>
+    <mergeCell ref="C218:L218"/>
+    <mergeCell ref="B219:B225"/>
+    <mergeCell ref="B209:B215"/>
+    <mergeCell ref="C209:L209"/>
+    <mergeCell ref="C210:L210"/>
+    <mergeCell ref="C211:L211"/>
+    <mergeCell ref="C212:L212"/>
+    <mergeCell ref="C213:L213"/>
+    <mergeCell ref="C214:L214"/>
+    <mergeCell ref="C215:L215"/>
+    <mergeCell ref="C216:L216"/>
+    <mergeCell ref="B416:D416"/>
+    <mergeCell ref="E416:H416"/>
+    <mergeCell ref="I416:L416"/>
+    <mergeCell ref="B417:D417"/>
+    <mergeCell ref="I419:L419"/>
+    <mergeCell ref="B420:D420"/>
+    <mergeCell ref="E420:H420"/>
+    <mergeCell ref="I420:L420"/>
+    <mergeCell ref="C246:L246"/>
+    <mergeCell ref="B419:D419"/>
+    <mergeCell ref="E419:H419"/>
+    <mergeCell ref="C224:L224"/>
+    <mergeCell ref="C225:L225"/>
+    <mergeCell ref="C226:L226"/>
+    <mergeCell ref="C228:L228"/>
+    <mergeCell ref="B229:B235"/>
+    <mergeCell ref="C229:L229"/>
+    <mergeCell ref="C230:L230"/>
+    <mergeCell ref="C231:L231"/>
+    <mergeCell ref="C232:L232"/>
+    <mergeCell ref="C233:L233"/>
+    <mergeCell ref="C234:L234"/>
+    <mergeCell ref="C235:L235"/>
+    <mergeCell ref="C243:L243"/>
+    <mergeCell ref="C244:L244"/>
+    <mergeCell ref="C245:L245"/>
+    <mergeCell ref="C248:L248"/>
+    <mergeCell ref="B249:B255"/>
+    <mergeCell ref="E415:H415"/>
+    <mergeCell ref="B415:D415"/>
+    <mergeCell ref="I415:L415"/>
+    <mergeCell ref="B414:M414"/>
+    <mergeCell ref="C266:L266"/>
+    <mergeCell ref="C276:L276"/>
+    <mergeCell ref="C277:L277"/>
+    <mergeCell ref="C278:L278"/>
+    <mergeCell ref="C279:L279"/>
+    <mergeCell ref="C281:L281"/>
+    <mergeCell ref="B282:B288"/>
+    <mergeCell ref="C282:L282"/>
+    <mergeCell ref="C283:L283"/>
+    <mergeCell ref="C284:L284"/>
+    <mergeCell ref="C285:L285"/>
+    <mergeCell ref="C286:L286"/>
+    <mergeCell ref="C287:L287"/>
+    <mergeCell ref="C288:L288"/>
+    <mergeCell ref="B272:B278"/>
+    <mergeCell ref="C272:L272"/>
+    <mergeCell ref="C273:L273"/>
+    <mergeCell ref="C274:L274"/>
+    <mergeCell ref="C275:L275"/>
+    <mergeCell ref="C289:L289"/>
+    <mergeCell ref="C291:L291"/>
+    <mergeCell ref="B292:B298"/>
+    <mergeCell ref="C292:L292"/>
+    <mergeCell ref="C293:L293"/>
+    <mergeCell ref="C294:L294"/>
+    <mergeCell ref="C295:L295"/>
+    <mergeCell ref="C296:L296"/>
+    <mergeCell ref="C297:L297"/>
+    <mergeCell ref="C298:L298"/>
+    <mergeCell ref="C299:L299"/>
+    <mergeCell ref="C301:L301"/>
+    <mergeCell ref="B302:B308"/>
+    <mergeCell ref="C302:L302"/>
+    <mergeCell ref="C303:L303"/>
+    <mergeCell ref="C304:L304"/>
+    <mergeCell ref="C305:L305"/>
+    <mergeCell ref="C306:L306"/>
+    <mergeCell ref="C307:L307"/>
+    <mergeCell ref="C308:L308"/>
+    <mergeCell ref="C309:L309"/>
+    <mergeCell ref="C314:L314"/>
+    <mergeCell ref="B315:B321"/>
+    <mergeCell ref="C315:L315"/>
+    <mergeCell ref="C316:L316"/>
+    <mergeCell ref="C317:L317"/>
+    <mergeCell ref="C318:L318"/>
+    <mergeCell ref="C319:L319"/>
+    <mergeCell ref="C320:L320"/>
+    <mergeCell ref="C321:L321"/>
+    <mergeCell ref="C322:L322"/>
+    <mergeCell ref="C324:L324"/>
+    <mergeCell ref="B325:B331"/>
+    <mergeCell ref="C325:L325"/>
+    <mergeCell ref="C326:L326"/>
+    <mergeCell ref="C327:L327"/>
+    <mergeCell ref="C328:L328"/>
+    <mergeCell ref="C329:L329"/>
+    <mergeCell ref="C330:L330"/>
+    <mergeCell ref="C331:L331"/>
+    <mergeCell ref="C332:L332"/>
+    <mergeCell ref="C334:L334"/>
+    <mergeCell ref="B335:B341"/>
+    <mergeCell ref="C335:L335"/>
+    <mergeCell ref="C336:L336"/>
+    <mergeCell ref="C337:L337"/>
+    <mergeCell ref="C338:L338"/>
+    <mergeCell ref="C339:L339"/>
+    <mergeCell ref="C340:L340"/>
+    <mergeCell ref="C341:L341"/>
+    <mergeCell ref="B359:B365"/>
+    <mergeCell ref="C359:L359"/>
+    <mergeCell ref="C360:L360"/>
+    <mergeCell ref="C361:L361"/>
+    <mergeCell ref="C362:L362"/>
+    <mergeCell ref="C363:L363"/>
+    <mergeCell ref="C364:L364"/>
+    <mergeCell ref="C365:L365"/>
+    <mergeCell ref="C342:L342"/>
+    <mergeCell ref="C348:L348"/>
+    <mergeCell ref="B349:B355"/>
+    <mergeCell ref="C349:L349"/>
+    <mergeCell ref="C350:L350"/>
+    <mergeCell ref="C351:L351"/>
+    <mergeCell ref="C352:L352"/>
+    <mergeCell ref="C353:L353"/>
+    <mergeCell ref="C354:L354"/>
+    <mergeCell ref="C355:L355"/>
+    <mergeCell ref="C356:L356"/>
+    <mergeCell ref="C358:L358"/>
+    <mergeCell ref="B379:B385"/>
+    <mergeCell ref="C379:L379"/>
+    <mergeCell ref="C380:L380"/>
+    <mergeCell ref="C381:L381"/>
+    <mergeCell ref="C382:L382"/>
+    <mergeCell ref="C383:L383"/>
+    <mergeCell ref="C384:L384"/>
+    <mergeCell ref="C385:L385"/>
+    <mergeCell ref="C366:L366"/>
+    <mergeCell ref="C368:L368"/>
+    <mergeCell ref="B369:B375"/>
+    <mergeCell ref="C369:L369"/>
+    <mergeCell ref="C370:L370"/>
+    <mergeCell ref="C371:L371"/>
+    <mergeCell ref="C372:L372"/>
+    <mergeCell ref="C373:L373"/>
+    <mergeCell ref="C374:L374"/>
+    <mergeCell ref="C375:L375"/>
+    <mergeCell ref="C376:L376"/>
+    <mergeCell ref="C378:L378"/>
+    <mergeCell ref="C393:D393"/>
+    <mergeCell ref="E393:F393"/>
+    <mergeCell ref="G393:H393"/>
+    <mergeCell ref="I393:J393"/>
+    <mergeCell ref="K393:L393"/>
+    <mergeCell ref="C392:M392"/>
+    <mergeCell ref="C386:L386"/>
+    <mergeCell ref="I394:J394"/>
+    <mergeCell ref="K394:L394"/>
+    <mergeCell ref="C394:D394"/>
+    <mergeCell ref="E394:F394"/>
+    <mergeCell ref="G394:H394"/>
+    <mergeCell ref="B390:N390"/>
+    <mergeCell ref="C395:D395"/>
+    <mergeCell ref="C396:D396"/>
+    <mergeCell ref="C397:D397"/>
+    <mergeCell ref="C398:D398"/>
+    <mergeCell ref="I398:J398"/>
+    <mergeCell ref="K398:L398"/>
+    <mergeCell ref="E399:F399"/>
+    <mergeCell ref="G399:H399"/>
+    <mergeCell ref="C406:D406"/>
+    <mergeCell ref="I399:J399"/>
+    <mergeCell ref="K399:L399"/>
+    <mergeCell ref="I396:J396"/>
+    <mergeCell ref="K396:L396"/>
+    <mergeCell ref="E397:F397"/>
+    <mergeCell ref="G397:H397"/>
+    <mergeCell ref="I397:J397"/>
+    <mergeCell ref="K397:L397"/>
+    <mergeCell ref="I400:J400"/>
+    <mergeCell ref="K400:L400"/>
+    <mergeCell ref="C399:D399"/>
+    <mergeCell ref="C400:D400"/>
+    <mergeCell ref="C401:D401"/>
+    <mergeCell ref="E396:F396"/>
+    <mergeCell ref="G396:H396"/>
+    <mergeCell ref="S2:T2"/>
+    <mergeCell ref="C440:D440"/>
+    <mergeCell ref="C450:D450"/>
+    <mergeCell ref="D499:L499"/>
+    <mergeCell ref="Q51:Q74"/>
+    <mergeCell ref="L53:L61"/>
+    <mergeCell ref="L51:L52"/>
+    <mergeCell ref="L65:L71"/>
+    <mergeCell ref="L84:L86"/>
+    <mergeCell ref="L97:L100"/>
+    <mergeCell ref="L111:L116"/>
+    <mergeCell ref="Q81:Q117"/>
+    <mergeCell ref="Q34:Q37"/>
+    <mergeCell ref="S3:T3"/>
+    <mergeCell ref="Q209:Q256"/>
+    <mergeCell ref="Q261:Q309"/>
+    <mergeCell ref="C412:D412"/>
+    <mergeCell ref="E412:F412"/>
+    <mergeCell ref="G412:H412"/>
+    <mergeCell ref="I412:J412"/>
+    <mergeCell ref="K412:L412"/>
+    <mergeCell ref="C411:D411"/>
+    <mergeCell ref="E411:F411"/>
+    <mergeCell ref="Q392:Q412"/>
+    <mergeCell ref="C408:D408"/>
+    <mergeCell ref="E408:F408"/>
+    <mergeCell ref="S392:T412"/>
+    <mergeCell ref="S188:T188"/>
+    <mergeCell ref="S191:T191"/>
+    <mergeCell ref="S194:T194"/>
+    <mergeCell ref="S197:T197"/>
+    <mergeCell ref="S200:T200"/>
+    <mergeCell ref="S203:T203"/>
+    <mergeCell ref="C405:D405"/>
+    <mergeCell ref="E405:F405"/>
+    <mergeCell ref="G405:H405"/>
+    <mergeCell ref="I405:J405"/>
+    <mergeCell ref="K405:L405"/>
+    <mergeCell ref="E401:F401"/>
+    <mergeCell ref="G401:H401"/>
+    <mergeCell ref="I401:J401"/>
+    <mergeCell ref="K401:L401"/>
+    <mergeCell ref="C403:M403"/>
+    <mergeCell ref="C404:D404"/>
+    <mergeCell ref="E404:F404"/>
+    <mergeCell ref="G404:H404"/>
+    <mergeCell ref="I404:J404"/>
+    <mergeCell ref="K404:L404"/>
+    <mergeCell ref="I411:J411"/>
+    <mergeCell ref="K411:L411"/>
+    <mergeCell ref="C410:D410"/>
+    <mergeCell ref="E410:F410"/>
+    <mergeCell ref="G410:H410"/>
+    <mergeCell ref="I410:J410"/>
+    <mergeCell ref="K410:L410"/>
+    <mergeCell ref="C409:D409"/>
+    <mergeCell ref="E409:F409"/>
+    <mergeCell ref="G409:H409"/>
+    <mergeCell ref="I409:J409"/>
+    <mergeCell ref="K409:L409"/>
+    <mergeCell ref="C407:D407"/>
+    <mergeCell ref="Q563:Q568"/>
+    <mergeCell ref="Q572:Q577"/>
+    <mergeCell ref="B557:M557"/>
+    <mergeCell ref="B558:M558"/>
+    <mergeCell ref="B559:M559"/>
+    <mergeCell ref="B563:E563"/>
+    <mergeCell ref="B564:E564"/>
+    <mergeCell ref="B565:E565"/>
+    <mergeCell ref="B566:E566"/>
+    <mergeCell ref="B567:E567"/>
+    <mergeCell ref="B568:E568"/>
+    <mergeCell ref="F563:L563"/>
+    <mergeCell ref="F564:L564"/>
+    <mergeCell ref="F565:L565"/>
+    <mergeCell ref="F566:L566"/>
+    <mergeCell ref="F567:L567"/>
+    <mergeCell ref="F568:L568"/>
+    <mergeCell ref="I572:N572"/>
+    <mergeCell ref="E417:H417"/>
+    <mergeCell ref="I417:L417"/>
+    <mergeCell ref="B418:D418"/>
+    <mergeCell ref="E418:H418"/>
+    <mergeCell ref="I418:L418"/>
+    <mergeCell ref="Q22:Q26"/>
+    <mergeCell ref="S22:T26"/>
+    <mergeCell ref="S19:T19"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="S11:T11"/>
+    <mergeCell ref="S13:T13"/>
+    <mergeCell ref="S15:T15"/>
+    <mergeCell ref="S17:T17"/>
+    <mergeCell ref="S34:T37"/>
+    <mergeCell ref="S9:T9"/>
+    <mergeCell ref="S5:T5"/>
+    <mergeCell ref="S582:T591"/>
+    <mergeCell ref="S597:T602"/>
+    <mergeCell ref="S28:T28"/>
+    <mergeCell ref="S42:T45"/>
+    <mergeCell ref="Q119:Q125"/>
+    <mergeCell ref="S119:T125"/>
+    <mergeCell ref="S51:T74"/>
+    <mergeCell ref="S81:T117"/>
+    <mergeCell ref="Q131:Q174"/>
+    <mergeCell ref="S182:T182"/>
+    <mergeCell ref="Q314:Q343"/>
+    <mergeCell ref="Q348:Q387"/>
+    <mergeCell ref="S348:T387"/>
+    <mergeCell ref="Q544:Q548"/>
+    <mergeCell ref="Q554:Q559"/>
+    <mergeCell ref="Q524:Q532"/>
+    <mergeCell ref="Q536:Q537"/>
+    <mergeCell ref="Q581:Q587"/>
+    <mergeCell ref="Q590:Q591"/>
+    <mergeCell ref="Q596:Q598"/>
+    <mergeCell ref="S209:T256"/>
+    <mergeCell ref="S314:T343"/>
+    <mergeCell ref="Q42:Q45"/>
+    <mergeCell ref="S185:T185"/>
     <mergeCell ref="E395:F395"/>
     <mergeCell ref="G395:H395"/>
     <mergeCell ref="I395:J395"/>
     <mergeCell ref="K395:L395"/>
     <mergeCell ref="E398:F398"/>
     <mergeCell ref="G398:H398"/>
     <mergeCell ref="E400:F400"/>
     <mergeCell ref="G400:H400"/>
     <mergeCell ref="Q520:Q521"/>
     <mergeCell ref="Q505:Q516"/>
     <mergeCell ref="Q432:Q450"/>
     <mergeCell ref="Q463:Q489"/>
     <mergeCell ref="G408:H408"/>
     <mergeCell ref="I408:J408"/>
     <mergeCell ref="K408:L408"/>
     <mergeCell ref="E407:F407"/>
     <mergeCell ref="G407:H407"/>
     <mergeCell ref="I407:J407"/>
     <mergeCell ref="K407:L407"/>
     <mergeCell ref="E406:F406"/>
     <mergeCell ref="G406:H406"/>
     <mergeCell ref="I406:J406"/>
     <mergeCell ref="K406:L406"/>
     <mergeCell ref="G411:H411"/>
-    <mergeCell ref="S582:T591"/>
-[...764 lines deleted...]
-    <mergeCell ref="G440:H440"/>
   </mergeCells>
   <conditionalFormatting sqref="R117">
     <cfRule type="cellIs" dxfId="53" priority="46" operator="equal">
       <formula>"OK"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="52" priority="45" operator="notEqual">
       <formula>"OK"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R171">
     <cfRule type="cellIs" dxfId="51" priority="38" operator="equal">
       <formula>"OK"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="50" priority="37" operator="notEqual">
       <formula>"OK"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R216">
     <cfRule type="cellIs" dxfId="49" priority="96" operator="equal">
       <formula>"OK"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="48" priority="95" operator="notEqual">
       <formula>"OK"</formula>
     </cfRule>
   </conditionalFormatting>
@@ -15917,51 +15917,51 @@
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="1" operator="notEqual">
       <formula>"OK"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations xWindow="244" yWindow="937" count="6">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Approval and Issue of PF" prompt="Amend this to be relevant for your entity" sqref="B119:B121 I121" xr:uid="{B893B1FA-B29E-4130-8C33-5E6478E1670B}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B209:B215 B219:B225 B229:B235 B239:B245 B249:B255" xr:uid="{AFEE212E-E6F4-4A69-8A2C-CBBDC7D2DF51}">
       <formula1>$B$53:$B$61</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B262:B268 B272:B278 B282:B288 B292:B298 B302:B308" xr:uid="{CE26F486-BC8B-4FA7-A539-B3BCFD781248}">
       <formula1>$B$65:$B$71</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B315:B321 B325:B331 B335:B341" xr:uid="{9BB5D969-7F7B-4697-82CC-28C8CB26DFD4}">
       <formula1>$B$84:$B$86</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B349:B355 B359:B365 B369:B375" xr:uid="{0F9DF323-5ACA-4510-98DB-E8A6988D515D}">
       <formula1>$B$97:$B$100</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B379:B385" xr:uid="{49480D3F-1FD2-4372-BDED-2F08AF8E09A1}">
       <formula1>$B$104:$B$104</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.39370078740157483" bottom="0.39370078740157483" header="0.11811023622047245" footer="0.11811023622047245"/>
-  <pageSetup paperSize="9" scale="80" fitToHeight="2" orientation="landscape" cellComments="atEnd" useFirstPageNumber="1" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="77" fitToHeight="2" orientation="portrait" cellComments="atEnd" useFirstPageNumber="1" r:id="rId1"/>
   <rowBreaks count="15" manualBreakCount="15">
     <brk id="29" max="14" man="1"/>
     <brk id="46" max="14" man="1"/>
     <brk id="76" max="14" man="1"/>
     <brk id="126" max="14" man="1"/>
     <brk id="176" max="14" man="1"/>
     <brk id="204" max="14" man="1"/>
     <brk id="257" max="14" man="1"/>
     <brk id="310" max="16383" man="1"/>
     <brk id="344" max="14" man="1"/>
     <brk id="388" max="14" man="1"/>
     <brk id="428" max="16383" man="1"/>
     <brk id="459" max="14" man="1"/>
     <brk id="501" max="14" man="1"/>
     <brk id="538" max="14" man="1"/>
     <brk id="578" max="14" man="1"/>
   </rowBreaks>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="cellIs" priority="97" operator="equal" id="{2B3EE438-5805-4E01-A738-610B4D2A1F70}">
             <xm:f>Sheet1!$A$1</xm:f>
             <x14:dxf>
               <font>
@@ -16037,52 +16037,61 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="TBC" ma:contentTypeID="0x0101007F55D9E324541740BF6388CE644271508300E2BC93329986EF44BBDC2A9EF47D7868" ma:contentTypeVersion="54" ma:contentTypeDescription="Default content type used for tagging unspecified files including those migrated from AuthoDox. Users need to correct the files content type when editing." ma:contentTypeScope="" ma:versionID="7cdd0030d24f6ad1767c6b24464b9dd7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="43619995-018f-4e2c-8089-9af5b1b4449f" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="86ff2545-424e-41e2-b804-9e3bc561fde3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1eb2e1df4501d85a6c2cb2f1449f390f" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="TBC" ma:contentTypeID="0x0101007F55D9E324541740BF6388CE644271508300E2BC93329986EF44BBDC2A9EF47D7868" ma:contentTypeVersion="54" ma:contentTypeDescription="Default content type used for tagging unspecified files including those migrated from AuthoDox. Users need to correct the files content type when editing." ma:contentTypeScope="" ma:versionID="691786cbc23ee2a8d6d83567eae5472c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="43619995-018f-4e2c-8089-9af5b1b4449f" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="86ff2545-424e-41e2-b804-9e3bc561fde3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="18187b295a607d85df1d911f4e41e03a" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="43619995-018f-4e2c-8089-9af5b1b4449f"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="86ff2545-424e-41e2-b804-9e3bc561fde3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:XRBAuthoDoxID" minOccurs="0"/>
                 <xsd:element ref="ns3:DocCreatedSaved" minOccurs="0"/>
                 <xsd:element ref="ns3:DocModifiedSaved" minOccurs="0"/>
                 <xsd:element ref="ns3:EmAttachCount" minOccurs="0"/>
                 <xsd:element ref="ns3:EmAttachmentNames" minOccurs="0"/>
                 <xsd:element ref="ns3:EmBCC" minOccurs="0"/>
                 <xsd:element ref="ns3:EmBCCSMTPAddress" minOccurs="0"/>
                 <xsd:element ref="ns3:EmBody" minOccurs="0"/>
                 <xsd:element ref="ns3:EmCategory" minOccurs="0"/>
                 <xsd:element ref="ns3:EmCC" minOccurs="0"/>
                 <xsd:element ref="ns3:EmCCSMTPAddress" minOccurs="0"/>
                 <xsd:element ref="ns3:EmCompanies" minOccurs="0"/>
                 <xsd:element ref="ns3:EmCon" minOccurs="0"/>
                 <xsd:element ref="ns3:EmConversationID" minOccurs="0"/>
                 <xsd:element ref="ns3:EmConversationIndex" minOccurs="0"/>
                 <xsd:element ref="ns3:EmDate" minOccurs="0"/>
@@ -16413,105 +16422,53 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...51 lines deleted...]
-</p:properties>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="4c02815c-28df-484f-9884-3bf00d466f96" ContentTypeId="0x0101007F55D9E324541740BF6388CE6442715083" PreviousValue="false"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
@@ -16565,112 +16522,155 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="4c02815c-28df-484f-9884-3bf00d466f96" ContentTypeId="0x0101007F55D9E324541740BF6388CE6442715083" PreviousValue="false"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <EmAttachCount xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmAttachmentNames xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmReceivedOnBehalfOfName xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmImportance xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmCC xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmCCSMTPAddress xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmReceivedByName xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmSentOnBehalfOfName xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmCompanies xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmID xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <DocModifiedSaved xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmBCC xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmBCCSMTPAddress xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmCon xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmFromName xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmHasAttachments xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmRetentionPolicyName xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmSubject xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmDateSent xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmReplyRecipientNames xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmReplyRecipients xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmDateReceived xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmToAddress xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmFrom xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmTo xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmToSMTPAddress xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <XRBAuthoDoxID xmlns="43619995-018f-4e2c-8089-9af5b1b4449f" xsi:nil="true"/>
+    <DocCreatedSaved xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmDate xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmSensitivity xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmBody xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmCategory xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmFromSMTPAddress xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmConversationID xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <EmConversationIndex xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <_dlc_DocId xmlns="86ff2545-424e-41e2-b804-9e3bc561fde3">EXRB-703580460-14018</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="86ff2545-424e-41e2-b804-9e3bc561fde3">
+      <Url>https://xrbgovt.sharepoint.com/sites/FinalPronouncements/_layouts/15/DocIdRedir.aspx?ID=EXRB-703580460-14018</Url>
+      <Description>EXRB-703580460-14018</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63F63D84-CFAC-4C2B-A3C7-53670189DFF0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D561AB60-D456-412F-9B38-F285EF66C7C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08058725-25A2-44A3-8CE1-AA59175B330B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="43619995-018f-4e2c-8089-9af5b1b4449f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="86ff2545-424e-41e2-b804-9e3bc561fde3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D561AB60-D456-412F-9B38-F285EF66C7C6}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1CC433C-26DD-4628-83E7-B2FA34DD2C1D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{167F914C-7585-4066-9C59-2259EDD3FB7B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1CC433C-26DD-4628-83E7-B2FA34DD2C1D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{732F52AE-604B-47FD-A847-B9D91ED73519}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="86ff2545-424e-41e2-b804-9e3bc561fde3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="43619995-018f-4e2c-8089-9af5b1b4449f"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -16681,42 +16681,43 @@
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>'How to use'!Print_Area</vt:lpstr>
       <vt:lpstr>'Tier 3 - Template '!Print_Area</vt:lpstr>
       <vt:lpstr>'Tier 3 - Template '!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Toshiba</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject>Template for PBE SFR-C (NFP) Jan19</dc:subject>
   <dc:creator>Lisa Kelsey</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007F55D9E324541740BF6388CE644271508300E2BC93329986EF44BBDC2A9EF47D7868</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>b48494c9-1efa-4d43-a597-523aafb527a6</vt:lpwstr>
   </property>
 </Properties>
 </file>